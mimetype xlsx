--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -48,692 +48,692 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ATP</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2194/ato_da_presidencia_03-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2194/ato_da_presidencia_03-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a designação temporária de servidor para, em conjunto com o Presidente, autorizar a movimentação financeira e a realização de pagamentos no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2193/ato_da_presidencia_02-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2193/ato_da_presidencia_02-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contagem de tempo de serviço no período de 28 de maio de 2020 a 31 de dezembro de 2021 para fins de direitos funcionais dos servidores da Câmara Municipal da Estância Hidromineral de Lindóia</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2192/ato_da_presidencia_01-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2192/ato_da_presidencia_01-2026.pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo na Câmara Municipal de Lindoia no decorrer do ano de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2189/ato_da_presidencia_08-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2189/ato_da_presidencia_08-2025.pdf</t>
   </si>
   <si>
     <t>Nomeia membros da Comissão de Representação para visita à Câmara dos Deputados em Brasília</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/29/ato_da_presidencia_07_2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/29/ato_da_presidencia_07_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o expediente da Câmara Municipal, no dia que especifica”</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/28/ato_da_presidencia_06_2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/28/ato_da_presidencia_06_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação de membros para as Comissões Permanentes”</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/27/ato_da_presidencia_05_2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/27/ato_da_presidencia_05_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o licenciamento do cargo de Vereador solicitado pelo Senhor Artur Del Rio Condotta”</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/26/ato_da_presidencia_04_2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/26/ato_da_presidencia_04_2025.pdf</t>
   </si>
   <si>
     <t>“Altera o Ato da Presidência n° 02/2025, que declara ponto facultativo na Câmara Municipal de Lindoia no decorrer do ano de 2025 referente ao mês de março, e dá outras providências"</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/25/ato_da_presidencia_03_2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/25/ato_da_presidencia_03_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o licenciamento do cargo de Vereador solicitado pelo Senhor Bruno Fischer Tardelli”</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/24/ato_da_presidencia_02_2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/24/ato_da_presidencia_02_2025.pdf</t>
   </si>
   <si>
     <t>“Declara ponto facultativo Câmara Municipal de Lindoia no decorrer do ano de 2025 e dá outras providências”</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/6/ato_da_presidencia_01-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/6/ato_da_presidencia_01-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o expediente da Câmara Municipal, em virtude das festividades de Ano Novo."</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2066/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2066/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reorganização dos serviços administrativos da Câmara Municipal de Lindoia."</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2060/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2060/arq.pdf</t>
   </si>
   <si>
     <t>“Nomeia membros da Comissão de Representação para participar do 07° Encontro Nacional de Parceiros Públicos e Privados - CONEXIDADES”</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2047/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2047/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação de membros para as Comissões Permanentes."</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2046/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2046/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre recondução ao cargo de vereador do Senhor Bruno Fischer Tardelli."</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2041/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2041/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o expediente da Câmara Municipal, no dia que especifica”.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2040/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2040/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a nomeação de membros para as Comissões Permanentes”</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2016/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2016/arq.pdf</t>
   </si>
   <si>
     <t>“Declara ponto facultativo na Câmara Municipal de Lindóia no decorrer do ano de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2055/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2055/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal, no dia que especifica e dá outras providencias.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2054/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2054/arq.pdf</t>
   </si>
   <si>
     <t>“Estabelece medidas de contenção de despesas e de ajuste fiscal nos termos do Decreto 2.860 de 01 de setembro de 2023, e dá outras providências. “</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1956/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1956/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação dos candidatos aprovados no Concurso Público n° 001/2019 e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1915/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1915/arq.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a aplicação do artigo 20 da Lei Federal n° 14.133, de 1o de abril de 2021, no âmbito da Câmara Municipal de Lindoia-SP”.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1903/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1903/arq.pdf</t>
   </si>
   <si>
     <t>“Declara ponto facultativo Câmara Municipal de Lindoia no decorrer do ano de 2023 e dá outras providências”</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1881/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1881/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização dos serviços administrativos da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1902/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1902/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o horário de expediente da Câmara Municipal, em caráter excepcional, no 09 de dezembro, em virtude do jogo da Seleção Brasileira de Futebol na Copa do Mundo FIFA 2022 e dá outras providências'</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1901/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1901/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o horário de expediente da Câmara Municipal, em caráter excepcional, no 05 de dezembro, em virtude do jogo da Seleção Brasileira de Futebol na Copa do Mundo FIFA 2022 e dá outras providências”,</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1900/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1900/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o horário de expediente da Câmara Municipal, em caráter excepcional, nos dias de jogos da Seieção Brasileira de Futebol na Copa do Mundo FIFA 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1899/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1899/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o expediente da Câmara Municipal, no dia 14 de novembro de 2022” .</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1898/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1898/arq.pdf</t>
   </si>
   <si>
     <t>“Nomeia membros da Comissão de Representação para participar de visita â Câmara dos Deputados em Brasília"</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1897/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1897/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o expediente da Câmara Municipal, no dia do servidor público”.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1896/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1896/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o expediente da Câmara Municipal, em virtude das comemorações do dia da Independência".</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1895/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1895/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o expediente da Câmara Municipal, no feriado de Corpus Christi de 2022”.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1893/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1893/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o expediente da Câmara Municipal, no dia que especifica</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1892/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1892/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o expediente da Câmara Municipal, no feriado de carnaval de 2022” .</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1889/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1889/arq.pdf</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1801/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1801/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal, nos dias 24 e 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1800/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1800/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal, no dia 01 de outubro de 2021.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1799/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1799/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correção dos ajustes a serem realizados no modulo patrimonial pela Câmara Municipal de Lindoia e dá outras providencias</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1798/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1798/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal no dia 11 de outubro de 2021.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1797/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1797/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incorporação dos ajustes de Saldos Patrimoniais pela Câmara Municipal de Lindoia e dá outras providencias.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1773/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1773/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal, no dia 06 de setembro de 2021</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1746/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1746/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização dos serviços administrativos na Câmara Municipal de Lindoia</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1742/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1742/arq.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1741/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1741/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o licenciamento do cargo de Vereador solicitado pelo Senhor Bruno Fischer Tardelli</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1715/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1715/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos e regras para fins de prevenção à infecção e à propagação do covid-19 no âmbito da Câmara Municipal de Lindóia</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1714/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1714/arq.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo que determina procedimentos para fins de prevenção à infecção e à propagação do COVID19 no âmbito da Câmara Municipal de Lindoia, conforme Ato da Presidência n° 06, de 19 de março de 2021</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1713/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1713/arq.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo que determina procedimentos para fins de prevenção a infecção e à propagação do COVID19 no âmbito da Câmara Municipal de Lindoia, conforme Ato da Presidência n° 06, de 19 de março de 2021</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1712/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1712/arq.pdf</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1711/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1711/arq.pdf</t>
   </si>
   <si>
     <t>Estende o prazo que determina procedimentos para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia,_x000D_
 conforme Ato da Presidência n° 04, de 26 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1710/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1710/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1709/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1709/arq.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROCEDIMENTOS E REGRAS PARA FINS DE PREVENÇÃO À INFECÇÃO E À PROPAGAÇÃO DO COVID-19 NO ÂMBITO DA CÂMARA MUNICIPAL DE LINDOIA</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1695/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1695/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização dos serviços administrativos da Câmara Municipal de Lindóia.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1694/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1694/arq.pdf</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1689/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1689/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal, nos dias que especifica e dá outras providencias</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1688/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1688/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de membro para as Comissões Permanentes de Finanças E Orçamentos, de Defesa do Meio Ambiente e de Obras, Serviços_x000D_
 Públicos e Atividades Privadas</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1687/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1687/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o expediente da Câmara Municipal, no dia que especifica e dá outras providencias</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1686/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1686/arq.pdf</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1685/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1685/arq.pdf</t>
   </si>
   <si>
     <t>REVOGA OS PROCEDIMENTOS DO ATO DA PRESIDÊNCIA N° 04, DE 19 DE MARÇO DE 2020</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1684/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1684/arq.pdf</t>
   </si>
   <si>
     <t>ESTENDE O PRAZO DOS PROCEDIMENTOS E REGRAS PARA FINS DE PREVENÇÃO À INFECÇÃO E À PROPAGAÇÃO DO COVID-19 DE QUE TRATA O ATO DA PRESIDÊNCIA N° 04, DE 19 DE MARÇO DE 2020, E DÁ PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1683/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1683/arq.pdf</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1682/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1682/arq.pdf</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1681/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1681/arq.pdf</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1680/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1680/arq.pdf</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1679/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1679/arq.pdf</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1678/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1678/arq.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROCEDIMENTOS E REGRAS PARA FINS DE PREVENÇÃO À INFECÇÃO E À PROPAGAÇÃO DO COVID-19 NO ÂMBITO DA CÂMARA MUNICIPAL DE LINDOIA.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1677/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1677/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de membro para as Comissões Permanentes de Justiça e Redação e de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1676/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1676/arq.pdf</t>
   </si>
   <si>
     <t>Nomeia os membros da Comissão Especial de Inquérito instituída pela Resolução n° 01/2020 e estabelece outras providências</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1675/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1675/arq.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1037,66 +1037,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2194/ato_da_presidencia_03-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2193/ato_da_presidencia_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2192/ato_da_presidencia_01-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2189/ato_da_presidencia_08-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/29/ato_da_presidencia_07_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/28/ato_da_presidencia_06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/27/ato_da_presidencia_05_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/26/ato_da_presidencia_04_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/25/ato_da_presidencia_03_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/24/ato_da_presidencia_02_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/6/ato_da_presidencia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2066/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2060/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2047/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2046/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2041/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2040/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2016/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2055/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2054/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1956/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1915/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1903/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1881/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1902/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1901/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1900/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1899/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1898/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1897/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1896/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1895/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1893/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1892/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1889/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1801/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1800/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1799/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1798/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1797/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1773/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1746/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1742/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1741/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1715/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1714/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1713/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1712/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1711/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1710/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1709/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1695/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1694/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1689/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1688/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1687/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1686/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1685/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1684/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1683/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1682/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1681/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1680/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1679/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1678/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1677/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1676/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1675/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2194/ato_da_presidencia_03-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2193/ato_da_presidencia_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2192/ato_da_presidencia_01-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2189/ato_da_presidencia_08-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/29/ato_da_presidencia_07_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/28/ato_da_presidencia_06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/27/ato_da_presidencia_05_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/26/ato_da_presidencia_04_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/25/ato_da_presidencia_03_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/24/ato_da_presidencia_02_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/6/ato_da_presidencia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2066/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2060/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2047/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2046/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2041/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2040/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2016/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2055/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2054/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1956/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1915/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1903/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1881/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1902/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1901/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1900/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1899/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1898/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1897/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1896/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1895/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1893/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1892/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1889/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1801/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1800/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1799/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1798/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1797/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1773/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1746/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1742/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1741/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1715/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1714/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1713/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1712/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1711/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1710/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1709/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1695/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1694/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1689/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1688/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1687/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1686/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1685/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1684/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1683/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1682/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1681/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1680/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1679/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1678/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1677/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1676/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1675/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="95" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="200.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>