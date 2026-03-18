--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -10,722 +10,740 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="525" uniqueCount="231">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2185/portaria_01-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2185/portaria_01-2026.pdf</t>
   </si>
   <si>
     <t>Conceder a Senhora MARINA WINGETER URBAS, lotada no cargo efetivo de Procurador nesta Câmara Municipal, férias relativas ao penedo aquisitivo de 2025/2026 nos seguintes termos:</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2184/portaria_12-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2184/portaria_12-2025.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor Marcelo Ferreira da’ Silva, lotado no cargo de Contador nesta Câmara Municipal, férias relativas ao período aquisitivo de 2023/2024 nos seguintes termos:</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2183/portaria_11-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2183/portaria_11-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de Servidor que especifica</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2182/portaria_10-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2182/portaria_10-2025.pdf</t>
   </si>
   <si>
     <t>EXONERAR a pedido, nesta data, a senhora NATALIA ESTER OLIVOTTO FERRARI, lotada no cargo de Oficial Administrativo nesta Câmara Municipal.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2181/portaria_09-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2181/portaria_09-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de Servidor que especifica.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2180/portaria_08-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2180/portaria_08-2025.pdf</t>
   </si>
   <si>
     <t>Conceder Férias à Servidora Natalia Ester</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/23/portaria_07-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/23/portaria_07-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre nomeação de Servidor que especifica."</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/21/--brn30055cee5f6e_068745.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/21/--brn30055cee5f6e_068745.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor IVANIA MARIA FERRAZ, lotada no cargo em comissão de Assessora de Vereadores nesta Câmara Municipal, férias relativas ao período aquisitivo de 2024/2025</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/20/portaria_05-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/20/portaria_05-2025.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor MARCELO FERREIRA DA SILVA, lotado no cargo efetivo de Contador nesta Câmara Municipal, férias relativas ao período aquisitivo de 2022/2023</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/19/portaria_04-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/19/portaria_04-2025.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor M1CHEL ALEX RIBEIRO, lotado no cargo em efetivo de Técnico Legislativo nesta Câmara Municipal, férias relativas ao período aquisitivo de 2023/2024</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/18/portaria_03-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/18/portaria_03-2025.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor GABRIEL CARDOSO PEREIRA, lotado no cargo em comissão de Assessor de Gabinete nesta Câmara Municipal, férias relativas ao período aquisitivo de 2024/2025</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/17/portaria_02-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/17/portaria_02-2025.pdf</t>
   </si>
   <si>
     <t>Conceder a Senhora NATALIA ESTER OLIVOTTO FERRARI, lotada no cargo em efetivo de Oficial Administrativo nesta Câmara Municipal, férias relativas ao período aquisitivo de 2023/2024</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/16/portaria_01-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/16/portaria_01-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida a licença remunerada à MARINA WINGETER URBAS</t>
   </si>
   <si>
+    <t>2196</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2196/portaria_13-2024.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre nomeação de Servidor que específica</t>
+  </si>
+  <si>
+    <t>2195</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2195/portaria_12-2024.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia Comissão de inventário, Baixa, Registro, Controle e Supervisão do Patrimônio Público e estabelece outras providências</t>
+  </si>
+  <si>
     <t>2074</t>
   </si>
   <si>
-    <t>2024</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2074/portaria_11-2024.pdf</t>
   </si>
   <si>
     <t>Exonera a pedido</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2067/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2067/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre nomeação de Servidor que específica"</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2068/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2068/arq.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor que especifica."</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2065/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2065/arq.pdf</t>
   </si>
   <si>
     <t>Concede férias a servidor que especifica."</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2064/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2064/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prorrogação do prazo de validade do concurso público n° 001/2019 e dá outras providências”</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2062/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2062/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre exoneração a pedido de servidor que especifica"</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2056/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2056/arq.pdf</t>
   </si>
   <si>
     <t>Concede férias</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2045/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2045/arq.pdf</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2039/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2039/arq.pdf</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2038/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2038/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre nomeação de servidor que especifica."</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2037/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2037/arq.pdf</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1992/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1992/arq.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão de Inventário, Baixa, Registro, Controle e Supervisão do Patrimônio Público e estabelece outras providências"</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1981/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1981/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre nomeação de Servidor que especifica”</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1974/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1974/arq.pdf</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1973/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1973/arq.pdf</t>
   </si>
   <si>
     <t>Concede férias a servidor</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1972/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1972/arq.pdf</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1971/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1971/arq.pdf</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1957/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1957/arq.pdf</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1951/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1951/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre exoneração de Servidor que específica"</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1943/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1943/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a nomeação de servidor responsável pela Ouvidoria."</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1942/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1942/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação de servidor a fim de exercer a função gratificada de Agente de Contratações,"</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1941/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1941/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre nomeação de Servidor que especifica"</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1919/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1919/arq.pdf</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1918/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1918/arq.pdf</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1917/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1917/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre exoneração de Servidor que específica"</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1916/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1916/arq.pdf</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1888/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1888/arq.pdf</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1887/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1887/arq.pdf</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1886/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1886/arq.pdf</t>
   </si>
   <si>
     <t>Revogar a Portaria n° 05/2021</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1885/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1885/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a gratificação nos termos do art. 82 da Lei 998/2006”</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1884/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1884/arq.pdf</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1883/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1883/arq.pdf</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1882/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1882/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a nomeação de servidor responsável pela Ouvidoria"</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1809/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1809/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de validade do concurso público n° 001/2019 e dá outras providências</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1772/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1772/arq.pdf</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1771/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1771/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre exoneração de Servidor que específica</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1770/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1770/arq.pdf</t>
   </si>
   <si>
     <t>Revoga Portaria 08/2021</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1769/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1769/arq.pdf</t>
   </si>
   <si>
     <t>Convoca Servidor</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1768/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1768/arq.pdf</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1767/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1767/arq.pdf</t>
   </si>
   <si>
     <t>Concessão de Férias ao servidor</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1766/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1766/arq.pdf</t>
   </si>
   <si>
     <t>Determinação de horário de Expediente de Servidores</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1765/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1765/arq.pdf</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1747/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1747/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização dos Serviços Administrativos da Câmara de Lindoia-SP</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1745/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1745/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a modificação do horário de trabalho da Contabilidade e Jurídico</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1744/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1744/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de servidor responsável pela Ouvidoria</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1708/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1708/arq.pdf</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1707/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1707/arq.pdf</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1706/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1706/arq.pdf</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1703/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1703/arq.pdf</t>
   </si>
   <si>
     <t>EXONERAR a pedido, a senhora MARILSA CAVENAGHI BELTRAMI do cargo em Comissão ASSESSORA DE GABINETE, lotada no quadro de pessoal da Câmara Municipal da Estância Hidromineral de Lindoia</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1702/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1702/arq.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor JOHNNY EDSON SOUZA VIEIRA DE JESUS, lotado no cargo efetivo de Procurador Jurídico nesta Câmara Municipal, 30 (trinta) dias de férias regulamentares referentes ao período de 2019/2020</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1701/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1701/arq.pdf</t>
   </si>
   <si>
     <t>Reconhecer a GRATIFICAÇÃO, conforme estabelece o artigo 82 da Lei Municipal n° 998/2006.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1700/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1700/arq.pdf</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1699/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1699/arq.pdf</t>
   </si>
   <si>
     <t>Designa pregoeiro e equipe de apoio para realização de licitação na modalidade pregão, no âmbito da Câmara Municipal de Lindoia, e estabelece outras providências</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1697/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1697/arq.pdf</t>
   </si>
   <si>
     <t>FORMALIZA a estabilidade no serviço público, dos servidores efetivos</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1698/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1698/arq.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor PAULO HENRIQUE DE GODOI FARIA, lotado no cargo em comissão de Assessor de Vereadores nesta Câmara Municipal, 30 (trinta) dias de férias regulamentares referentes ao período de 2019/2020</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1696/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1696/arq.pdf</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1693/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1693/arq.pdf</t>
   </si>
   <si>
     <t>Conceder ao Senhor MICHEL ALEX RIBEIRO, lotado no cargo em efetivo de Técnico Legislativo nesta Câmara Municipal, 30 (trinta) dias de férias regulamentares referentes ao período de 2019/2020</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1692/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1692/arq.pdf</t>
   </si>
   <si>
     <t>Conceder ao Mestre MARCELO FERREIRA DA SILVA, lotado no cargo em efetivo de Contador nesta Câmara Municipal, 30 (trinta) dias de férias regulamentares referentes ao período de 2018/2019</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1691/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1691/arq.pdf</t>
   </si>
   <si>
     <t>Conceder a Senhora MARILSA CAVENAGHI BELTRAMI, lotada no cargo comissionado de Assessor de Gabinete nesta Câmara Municipal, férias relativas ao período aquisitivo de 2019/2020 nos seguintes termos:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1032,66 +1050,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2185/portaria_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2184/portaria_12-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2183/portaria_11-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2182/portaria_10-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2181/portaria_09-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2180/portaria_08-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/23/portaria_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/21/--brn30055cee5f6e_068745.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/20/portaria_05-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/19/portaria_04-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/18/portaria_03-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/17/portaria_02-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/16/portaria_01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2067/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2068/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2065/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2064/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2062/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2056/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2045/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2039/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2038/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2037/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1992/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1981/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1974/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1973/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1972/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1971/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1957/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1951/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1943/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1942/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1941/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1919/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1918/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1917/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1916/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1888/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1887/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1886/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1885/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1884/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1883/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1882/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1809/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1772/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1771/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1770/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1769/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1768/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1767/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1766/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1765/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1747/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1745/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1744/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1708/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1707/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1706/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1703/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1702/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1701/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1700/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1699/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1697/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1698/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1696/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1693/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1692/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1691/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2026/2185/portaria_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2184/portaria_12-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2183/portaria_11-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2182/portaria_10-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2181/portaria_09-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2180/portaria_08-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/23/portaria_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/21/--brn30055cee5f6e_068745.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/20/portaria_05-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/19/portaria_04-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/18/portaria_03-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/17/portaria_02-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/16/portaria_01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2196/portaria_13-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2195/portaria_12-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2074/portaria_11-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2067/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2068/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2065/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2064/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2062/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2056/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2045/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2039/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2038/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2037/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1992/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1981/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1974/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1973/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1972/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1971/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1957/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1951/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1943/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1942/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1941/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1919/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1918/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1917/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1916/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1888/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1887/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1886/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1885/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1884/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1883/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1882/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1809/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1772/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1771/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1770/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1769/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1768/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1767/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1766/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1765/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1747/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1745/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1744/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1708/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1707/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1706/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1703/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1702/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1701/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1700/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1699/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1697/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1698/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1696/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1693/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1692/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1691/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="190.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1381,1397 +1399,1443 @@
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>63</v>
       </c>
       <c r="C16" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G22" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G23" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G24" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G25" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B26" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G26" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G27" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>100</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C28" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G28" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G29" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B30" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G30" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B31" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C31" t="s">
-        <v>108</v>
+        <v>55</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G31" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C32" t="s">
+        <v>59</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C33" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G33" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>117</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G34" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>120</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G35" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>123</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G36" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>126</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G37" t="s">
-        <v>68</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C38" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G38" t="s">
-        <v>68</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C39" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G39" t="s">
-        <v>132</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G40" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B41" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C41" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G41" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B42" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C42" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G42" t="s">
-        <v>83</v>
+        <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B43" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C43" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="G43" t="s">
-        <v>141</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B44" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C44" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G44" t="s">
-        <v>144</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>145</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C45" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G45" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B46" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="C46" t="s">
         <v>56</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G46" t="s">
-        <v>83</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B47" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="C47" t="s">
         <v>9</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G47" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>153</v>
       </c>
       <c r="B48" t="s">
         <v>154</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>155</v>
       </c>
       <c r="G48" t="s">
-        <v>156</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B49" t="s">
         <v>154</v>
       </c>
       <c r="C49" t="s">
-        <v>111</v>
+        <v>9</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G49" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>159</v>
       </c>
       <c r="B50" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C50" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G50" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B51" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C51" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G51" t="s">
-        <v>164</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>165</v>
       </c>
       <c r="B52" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C52" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>166</v>
       </c>
       <c r="G52" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>168</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C53" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G53" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B54" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C54" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G54" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>174</v>
+      </c>
+      <c r="B55" t="s">
+        <v>160</v>
+      </c>
+      <c r="C55" t="s">
+        <v>24</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="G55" t="s">
         <v>173</v>
-      </c>
-[...16 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>176</v>
       </c>
       <c r="B56" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C56" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>177</v>
       </c>
       <c r="G56" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B57" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G57" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B58" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C58" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G58" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>184</v>
       </c>
       <c r="B59" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C59" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G59" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>187</v>
       </c>
       <c r="B60" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C60" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>188</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B61" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C61" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>192</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B62" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C62" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G62" t="s">
-        <v>161</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B63" t="s">
-        <v>194</v>
+        <v>160</v>
       </c>
       <c r="C63" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G63" t="s">
-        <v>196</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>197</v>
       </c>
       <c r="B64" t="s">
-        <v>194</v>
+        <v>160</v>
       </c>
       <c r="C64" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>198</v>
       </c>
       <c r="G64" t="s">
-        <v>199</v>
+        <v>167</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>199</v>
+      </c>
+      <c r="B65" t="s">
         <v>200</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>201</v>
       </c>
       <c r="G65" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>203</v>
       </c>
       <c r="B66" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C66" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>204</v>
       </c>
       <c r="G66" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B67" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C67" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G67" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
+        <v>209</v>
+      </c>
+      <c r="B68" t="s">
+        <v>200</v>
+      </c>
+      <c r="C68" t="s">
+        <v>32</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="G68" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>211</v>
       </c>
       <c r="B69" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C69" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>212</v>
       </c>
       <c r="G69" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>214</v>
       </c>
       <c r="B70" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C70" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>215</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>216</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B71" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C71" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G71" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B72" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C72" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G72" t="s">
-        <v>221</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>222</v>
       </c>
       <c r="B73" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C73" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>223</v>
       </c>
       <c r="G73" t="s">
         <v>224</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>225</v>
+      </c>
+      <c r="B74" t="s">
+        <v>200</v>
+      </c>
+      <c r="C74" t="s">
+        <v>56</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="G74" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>228</v>
+      </c>
+      <c r="B75" t="s">
+        <v>200</v>
+      </c>
+      <c r="C75" t="s">
+        <v>9</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="G75" t="s">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2804,50 +2868,52 @@
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
     <hyperlink ref="F65" r:id="rId64"/>
     <hyperlink ref="F66" r:id="rId65"/>
     <hyperlink ref="F67" r:id="rId66"/>
     <hyperlink ref="F68" r:id="rId67"/>
     <hyperlink ref="F69" r:id="rId68"/>
     <hyperlink ref="F70" r:id="rId69"/>
     <hyperlink ref="F71" r:id="rId70"/>
     <hyperlink ref="F72" r:id="rId71"/>
     <hyperlink ref="F73" r:id="rId72"/>
+    <hyperlink ref="F74" r:id="rId73"/>
+    <hyperlink ref="F75" r:id="rId74"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>