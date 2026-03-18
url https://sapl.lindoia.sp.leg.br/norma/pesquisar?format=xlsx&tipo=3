--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -48,1456 +48,1456 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2190/decreto_legislativo_03-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2190/decreto_legislativo_03-2025.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária Lindoiana a senhora Cristina Aparecida Pereira.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2160/decreto_02-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2160/decreto_02-2025.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal referentes ao exercício de 2022</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/22/decreto_legislativo_01-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/22/decreto_legislativo_01-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo Estatutário do Parlamento do Circuito das Águas Paulista</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2123/decreto_legislativo_14_2024.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2123/decreto_legislativo_14_2024.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito "Cel. Estevam Franco de Godoy", ao Senhor Romildo Mian Longo."</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2122/decreto_legislativo_13_2024.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2122/decreto_legislativo_13_2024.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Mauricio Barros”</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2121/decreto_legislativo_12_2024.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2121/decreto_legislativo_12_2024.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Paulo de Castro Ribeiro."</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2120/decreto_legislativo_11_2024.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2120/decreto_legislativo_11_2024.pdf</t>
   </si>
   <si>
     <t>"Aprova as contas do exercício Municipal referentes ao exercício de 2021."</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2119/decreto_legislativo_10_2024.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2119/decreto_legislativo_10_2024.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano ao senhor Pablo de Oliveira Antunes”</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2118/decreto_legislativo_09_2024.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2118/decreto_legislativo_09_2024.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor David Cesar de Godoi Moreira.”</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2099/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2099/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, a Senhora Rutinéia Adriana Dematé.”</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2098/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2098/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao Senhor Carlos Alberto Santa Paula</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2097/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2097/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano ao senhor Natael Silvério”</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2096/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2096/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano ao Senhor Marco Antonio da Silva."</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2095/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2095/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor João Valdir Cardoso de Godoi.”</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2094/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2094/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito 'Cel. Estevam Franco de Godoy', à Senhora Maria Estela Zamboim Gili."</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2093/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2093/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de cidadão honorário Lindoiano ao Senhor Josuelde Elias Barros da Silva."</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2100/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2100/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o senhor Rodrigo Domingues Ruiz”</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2035/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2035/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido Medalha de Mérito "Cel Estevam Franco de Godoy" ao Senhor José Victor Gusson Suman</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2034/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2034/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido Medalha de Mérito "Cel Estevam Franco de Godoy", ao Senhor Hélio Cardoso Bernardi</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2033/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2033/arq.pdf</t>
   </si>
   <si>
     <t>Concede titulo de Cidadão Honorário Lindoiano ao Senhora José Antônio Barbosa da Silva</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2032/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2032/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Marcelo Rocha de Oliveira – Marcelinho Rocha.”</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2031/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2031/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Honorária Lindoiana a senhora Soraya Miranda Curi”</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2030/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2030/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Eduardo Marcial Zamboim.”</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2029/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2029/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Ivo Tadeu Torteli.”</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2007/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2007/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor OMAR GOLMIA"</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2006/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2006/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Luiz Carlos Scarpioni Zambolim.”</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2005/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2005/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor João José Bulch Beghini.”</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2004/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2004/arq.pdf</t>
   </si>
   <si>
     <t>"Aprova as contas do Executivo Municipal, referentes ao exercício de 2020."</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1986/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1986/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor José Carlos Ferrari.”</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1985/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1985/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Luiz Antônio Gianotto.”</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1984/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1984/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito Cel. Estevam Franco de Godoy, ao Senhor José Carlos Zancheta de Souza"</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1983/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1983/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o Senhor Nelson Masao Outa Junior”</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1982/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1982/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Honorária Lindoiana a Senhora Valéria Muller Ramos Bolsonaro.”</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1950/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1950/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário lindoiano ao Senhor José de Gouvêa</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1949/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1949/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito Cel. Estevam Franco de Godoy, ao Senhor José Fernando Faria Demattei."</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1948/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1948/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito Cel. Estevam franco de Godoy, ao Senhor Paulo José Ramalho."</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1947/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1947/arq.pdf</t>
   </si>
   <si>
     <t>Concede titulo de cidadão honorário lindoiano ao senhor Antônio Henrique Corsi</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1940/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1940/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano a senhora Andréia Ribeiro Beghini de Paiva - Salomé Lindóya."</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1939/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1939/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Marcos Dematte Angeli</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1908/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1908/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o senhor Virgulino Gonçalves Branco Filho”</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1907/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1907/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o senhor Sebastião Garcia”</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1906/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1906/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano ao Senhor Santo Macedo."</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1905/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1905/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão honorário Lindoiano ao Senhor José Antonio Barros Munhoz</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1904/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1904/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao senhor João Marcos Ribeiro Rosa."</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1874/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1874/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao Senhor José Justino Lopes.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1873/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1873/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao senhor Álvaro Fávero.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1872/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1872/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao senhor Antônio Rodrigues Sabará.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1871/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1871/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Honorária Lindoiana a senhora Claudete Aparecida Zochio Mendes”</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1870/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1870/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiana a Senhora Elis Silene Moreira”</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1867/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1867/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Cesar Dib"</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1866/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1866/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Ricardo Takebe Arruda</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1865/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1865/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Rodrigo Takebe Arruda</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1864/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1864/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Alex Anderson Martins</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1863/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1863/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano à senhora Nilva Gomes Dias."</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1862/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1862/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano ao Senhor José Dias."</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1861/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1861/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao Senhor Helnes Carlos Resquioto</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1868/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1868/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito "Cel. Estevam Franco de Godoy", a pessoa que especifica."</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1757/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1757/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Marco Antonio Scarasati Vinholi."</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1756/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1756/arq.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal, referentes ao exercício de 2019</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1743/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1743/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Fábio Destefano Zamboim de Morais</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1664/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1664/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadã honorária Lindoiana à Silvana Sichieri de Godoy.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1663/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1663/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao Senhor Marcelo Francisco Aparecido Cunha.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1662/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1662/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao Senhor Edson Del Nero Rosa.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1661/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1661/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Alexandre Vivanco Blanco."</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1660/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1660/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária Lindoaina a Senhora Lucimary Figueiredo.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1659/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1659/arq.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal referentes ao exercício 2018.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1644/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1644/arq.pdf</t>
   </si>
   <si>
     <t>"Rejeita as contas do Executivo Municipal, referentes ao exercício de 2017."</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1493/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1493/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a cassação do mandato do Vereador Aparecido Luiz Matos e estabelece outras providências."</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1492/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1492/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Aparecido Francisco Gomes".</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1491/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1491/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadã Honorária Lindoiana a Senhora Maria Claudia Rodrigues Alves."</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1490/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1490/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Marciel Vesco."</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1489/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1489/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano à Senhora Eliane Ribeiro do Prado."</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1488/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1488/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Aristóteles Muniz dos Santos Filho."</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1487/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1487/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor João Arantes do Santos Sá Menezes"</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1486/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1486/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Lindoiano ao Senhor Celso Donisete Honório"</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1632/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1632/arq.pdf</t>
   </si>
   <si>
     <t>Rejeita as contas do Executivo Municipal referentes ao exercício de 2016</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1631/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1631/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária Lindoiana a Senhora Venina Mara Dias</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1630/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1630/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cassação do mandato do Vereador Rafael de Souza Pinto e estabelece outras providências“</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1629/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1629/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor LEANDRO DE SOUZA SABADINI, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1628/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1628/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhora Ângela Mareia Mancilha Ribeiro Flor, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1627/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1627/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhora Luciana Regina Bernardo, por relevantes serviços prestados em prol ao turismo municipal.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1626/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1626/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Marcelo Alves, por relevantes serviços prestados em prol ao turismo municipal.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1540/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1540/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhor JOSÉ DOMINGUES GASPARDI, por relevantes serviços prestados em prol à nossa comunidade.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1539/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1539/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhora Lazara Aparecida Ramalho de Moraes, por relevantes serviços prestados em prol à nossa comunidade.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1538/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1538/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Rogério Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1537/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1537/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Maurilio Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1536/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1536/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Jairo Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1535/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1535/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Jair Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1534/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1534/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Fernando Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1533/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1533/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Deputado Federal Ricardo Izar Júnior, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1532/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1532/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Artur Del Rio Condotta, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1530/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1530/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Eduardo Cervantes Guaiato, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1527/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1527/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Salatiel Silveira, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1524/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1524/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Deputado Federal Alex Spinelli Manente, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1518/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1518/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Nelson Armando Zuanazzi, por relevantes serviços prestados em benefício da_x000D_
 população Lindoiana</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1517/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1517/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Ricardo Martins Antonoff, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1516/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1516/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy” ao Senhor Benedito Serafim Pereira.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1515/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1515/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Empresário Elias Aparecido Silvestre, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1514/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1514/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Empresário João Mendes, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1513/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1513/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy” ao Senhor Edmeo Aparecido de Godoi Cardoso.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1512/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1512/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal, referentes ao exercício de 2014."</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1511/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1511/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy” à Senhora Vera Lúcia Aparecida Pietrafeza da Rocha.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1508/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1508/arq.pdf</t>
   </si>
   <si>
     <t>"Aprova as contas do Executivo Municipal, referentes ao exercício de 2013"</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1507/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1507/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano à pessoa que especifica.”</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1506/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1506/arq.pdf</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1526/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1526/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Lindoiano à V. Revmª Padre Carlos Eduardo Correia.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1505/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1505/arq.pdf</t>
   </si>
   <si>
     <t>"Rejeita as contas do Executivo Municipal, referentes ao exercício de 2012."</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1531/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1531/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Lindoiano ao senhor Paulo Roberto de Oliveira Preto.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1529/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1529/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre transferência de bens municipais da Câmara Municipal de Lindóia , para a Prefeitura Municipal de Lindóia."</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1525/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1525/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a empresária Gislandie Cardoso de Oliveira, nascida no Município de Águas de Lindóia, Estado de São Paulo, por ter prestado reconhecidos serviços ao nosso Município.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1523/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1523/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal, referentes ao exercício de 2011.”</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1504/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1504/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano a pessoa que especifica.’’</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1503/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1503/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano a pessoa que especifica”</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1611/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1611/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a cassação do mandato do Vereador Luciano Francisco de Godoi Lopes e estabelece outras providências."</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1575/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1575/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano a pessoa que especifica."</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1572/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1572/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano a pessoa que especifica.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1610/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1610/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano a pessoa que especifica."</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1609/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1609/arq.pdf</t>
   </si>
   <si>
     <t>"Aprova as contas do Executivo Municipal, referentes ao exercício de 2010."</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1563/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1563/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal, referentes ao exercício de 2008”.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1559/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1559/arq.pdf</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1585/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1585/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano a pessoa que especifica«</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1583/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1583/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal, referentes ao exercício de 2009”</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1581/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1581/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, a pessoa que especifica"</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1579/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1579/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, a pessoa que especifica.”</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1577/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1577/arq.pdf</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1574/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1574/arq.pdf</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1571/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1571/arq.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário Lindoiano a pessoa que especifica”</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1569/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1569/arq.pdf</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1566/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1566/arq.pdf</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1562/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1562/arq.pdf</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1558/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1558/arq.pdf</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1568/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1568/arq.pdf</t>
   </si>
   <si>
     <t>“Rejeita as contas do Executivo Municipal, referentes ao exercício de 2007."</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1565/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1565/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito "Ce!. Estevam Franco de Godoy, a pessoa que especifica".</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1561/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1561/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito "Cel. Estevam Franco de Godoy, a pessoa que especifica".</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1557/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1557/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão honorário Lindoiano a pessoa que especifica."</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1590/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1590/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal, referentes ao exercício de 2005”</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1589/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1589/arq.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Lindoiano a pessoa que especifica”</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1582/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1582/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, a pessoa que especifica”</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1588/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1588/arq.pdf</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1587/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1587/arq.pdf</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1586/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1586/arq.pdf</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1584/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1584/arq.pdf</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1580/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1580/arq.pdf</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1578/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1578/arq.pdf</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1576/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1576/arq.pdf</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1573/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1573/arq.pdf</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1570/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1570/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, a pessoa que especifica.”</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1567/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1567/arq.pdf</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1564/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1564/arq.pdf</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1560/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1560/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy’, a pessoa que especifica”</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1556/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1556/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal, referentes ao exercício de 2006”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1804,66 +1804,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2190/decreto_legislativo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2160/decreto_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/22/decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2123/decreto_legislativo_14_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2122/decreto_legislativo_13_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2121/decreto_legislativo_12_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2120/decreto_legislativo_11_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2119/decreto_legislativo_10_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2118/decreto_legislativo_09_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2099/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2098/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2097/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2096/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2095/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2094/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2093/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2100/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2035/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2034/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2033/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2032/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2031/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2030/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2029/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2007/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2006/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2005/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2004/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1986/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1985/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1984/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1983/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1982/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1950/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1949/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1948/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1947/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1940/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1939/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1908/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1907/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1906/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1905/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1904/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1874/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1873/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1872/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1871/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1870/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1867/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1866/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1865/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1864/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1863/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1862/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1861/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1868/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1757/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1756/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1743/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1664/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1663/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1662/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1661/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1660/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1659/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1644/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1493/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1492/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1491/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1490/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1489/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1488/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1487/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1486/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1632/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1631/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1630/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1629/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1628/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1627/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1626/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1540/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1539/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1538/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1537/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1536/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1535/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1534/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1533/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1532/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1530/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1527/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1524/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1518/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1517/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1516/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1515/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1514/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1513/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1512/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1511/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1508/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1507/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1506/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1526/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1505/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1531/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1529/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1525/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1523/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1504/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1503/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1611/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1575/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1572/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1610/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1609/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1563/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1559/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1585/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1583/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1581/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1579/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1577/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1574/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1571/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1569/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1566/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1562/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1558/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1568/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1565/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1561/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1557/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1590/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1589/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1582/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1588/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1587/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1586/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1584/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1580/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1578/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1576/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1573/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1570/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1567/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1564/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1560/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1556/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2190/decreto_legislativo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2160/decreto_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/22/decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2123/decreto_legislativo_14_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2122/decreto_legislativo_13_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2121/decreto_legislativo_12_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2120/decreto_legislativo_11_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2119/decreto_legislativo_10_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2118/decreto_legislativo_09_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2099/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2098/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2097/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2096/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2095/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2094/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2093/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2100/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2035/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2034/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2033/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2032/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2031/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2030/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2029/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2007/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2006/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2005/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2004/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1986/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1985/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1984/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1983/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1982/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1950/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1949/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1948/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1947/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1940/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1939/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1908/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1907/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1906/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1905/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1904/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1874/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1873/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1872/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1871/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1870/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1867/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1866/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1865/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1864/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1863/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1862/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1861/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1868/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1757/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1756/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1743/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1664/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1663/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1662/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1661/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1660/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1659/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1644/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1493/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1492/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1491/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1490/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1489/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1488/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1487/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1486/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1632/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1631/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1630/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1629/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1628/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1627/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1626/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1540/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1539/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1538/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1537/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1536/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1535/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1534/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1533/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1532/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1530/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1527/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1524/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1518/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1517/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1516/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1515/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1514/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1513/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1512/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1511/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1508/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1507/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1506/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1526/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1505/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1531/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1529/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1525/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1523/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1504/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1503/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1611/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1575/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1572/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1610/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1609/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1563/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1559/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1585/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1583/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1581/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1579/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1577/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1574/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1571/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1569/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1566/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1562/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1558/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1568/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1565/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1561/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1557/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1590/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1589/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1582/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1588/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1587/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1586/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1584/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1580/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1578/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1576/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1573/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1570/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1567/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1564/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1560/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1556/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="95" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="199.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>