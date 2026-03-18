--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -48,720 +48,720 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2188/resolucao_03-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2188/resolucao_03-2025.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Representação para visita à Câmara dos Deputados em Brasília</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2187/resolucao_02-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2187/resolucao_02-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura do Concurso Público para preenchimento de cargos do quadro de pessoal da Câmara Municipal de Lindóia e estabelece outras providências</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2186/resolucao_01-2025.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2186/resolucao_01-2025.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores para a 16ª Legislatura (2029-2032) e dá outras providências</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2092/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2092/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre transferência de bens patrimoniais da Câmara Municipal de Lindoia para a Prefeitura Municipal de Lindoia."</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2061/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2061/arq.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Representação para participar do 7º Encontro Nacional de Parceiros Públicos e Privados - Conexidades</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2002/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2002/arq.pdf</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1938/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1938/arq.pdf</t>
   </si>
   <si>
     <t>"Regulamenta os procedimentos para realização de dispensas de licitação fundamentadas nos incisos I e II do artigo 75 da Lei Federal n° 14.133 de 1° de abril de 2021, no âmbito da Câmara Municipal de Lindoia - SP e dá outras providências."</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1860/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1860/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para visita à Câmara dos Deputados em Brasília”</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1869/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1869/arq.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivos da Resolução n° 02/2020 que especifica”</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1764/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1764/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre criação da Frente Parlamentar em Defesa do Direitos da Pessoa com Deficiência e Doenças Raras."</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1705/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1705/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo da Resolução 03/1997</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1665/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1665/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do recesso parlamentar da Câmara Municipal da Estância Hidromineral de Lindoia-SP e estabelece outras Providências".</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1522/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1522/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1499/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1499/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos, para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1498/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1498/arq.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução 04/2020</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1497/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1497/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1496/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1496/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza a doação de bem móvel inservível ao Órgão Público Estadual denominado de Corpo de Bombeiros da Policia Militar do Estado de São Paulo e dá outras providências".</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1495/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1495/arq.pdf</t>
   </si>
   <si>
     <t>"Institui Vale-alimentação aos Servidores Públicos do Poder Legislativo do Município da Estância Hidromineral de Lindoia SP e dá outras providências"</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1494/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1494/arq.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL DE INQUÉRITO PARA INVESTIGAÇÃO DE FATOS QUE ESPECIFICA"</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1639/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1639/arq.pdf</t>
   </si>
   <si>
     <t>Denega Recurso Contra Ato da Presidência que Especifica.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1638/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1638/arq.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Representação para participar do 63° Congresso Estadual de Municípios</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1637/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1637/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1636/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1636/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 2º Encontro Nacional de Parceiros Públicos e Privados - CONEXIDADES”</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1635/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1635/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a constituição de Comissão Especial de Inquérito para investigação de fatos que especifica”</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1634/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1634/arq.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivos da Resolução n° 01/2019 que específica"</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1633/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1633/arq.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Concurso Público para preenchimento de cargos do quadro de pessoal da Câmara Municipal de Lindóia e estabelece outras providências"</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1555/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1555/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito."</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1554/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1554/arq.pdf</t>
   </si>
   <si>
     <t>“Denega Recurso Contra Ato da Presidência que especifica"</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1553/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1553/arq.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos do Código de Ética e Disciplina da Câmara Municipal de Lindóia e estabelece outras providências’’</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1552/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1552/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a constituição de Comissão Especial de Inquérito para investigação de fatos que especifica”</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1551/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1551/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 62° Congresso Estadual de Municípios”</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1521/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1521/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a classificação da informação quanto ao grau de sigilo para fins de regulamentação do serviço de acesso à informação e estabelece outras providências”</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1520/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1520/arq.pdf</t>
   </si>
   <si>
     <t>"Adota limites para concessão de títulos de cidadão honorário e estabelece outras providências”</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1519/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1519/arq.pdf</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1549/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1549/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 61° Congresso Estadual de Municípios”</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1548/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1548/arq.pdf</t>
   </si>
   <si>
     <t>Estabelece a revisão geral anual dos vencimentos dos Servidores Públicos Municipais integrantes do quadro próprio do Poder Executivo do Município da Estância Hidromineral de Lindoia que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1510/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1510/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação da Lei Federal n° 12.257/2011 e o Serviço de Informações ao Cidadão - SIC, no âmbito da Câmara Municipal de Lindóia e estabelece outras providências ”</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1550/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1550/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito ”</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1509/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1509/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para visita ao 60° Congresso Estadual de Municípios em Campos do Jordão - SP”</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1547/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1547/arq.pdf</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1546/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1546/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para visita à Câmara dos Deputados em Brasília ”</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1545/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1545/arq.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivos da Resolução n° 01/2015 que especifica”</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1544/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1544/arq.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de concurso público para preenchimento de cargo do quadro da Câmara Municipal de Lindóia e estabelece outras providências”</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1543/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1543/arq.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de concurso público para preenchimento de cargos do quadro da Câmara Municipal de Lindóia e estabelece outras providências ”</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1542/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1542/arq.pdf</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1541/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1541/arq.pdf</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1605/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1605/arq.pdf</t>
   </si>
   <si>
     <t>"Institui Comissão de Representação para reunião com deputados federais na Câmara dos Deputados, Brasília DF, com finalidade de angariar verbas para o nosso município"</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1603/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1603/arq.pdf</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1616/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1616/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Regimento Interno da Câmara Municipal de Lindoia que especifica e estabelece outras providências."</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1615/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1615/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a constituição da Comissão Especial de Inquérito para investigação de fatos que especifica."</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1614/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1614/arq.pdf</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1613/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1613/arq.pdf</t>
   </si>
   <si>
     <t>"Institui Comissão de Representação para participar do 56° Congresso Estadual de Municípios."</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1612/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1612/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a constituição de Comissão Especial de Inquérito para investigação de fatos que especifica."</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1594/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1594/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 55° Congresso Estadual de Municípios."</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1597/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1597/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Recurso Contra Ato da Presidência interposto pelos Vereadores Luís Cláudio Silveira Perciani, Artur Del Rio Condotta, José Adriano Pietrafesa dos Santos e Helnes Carlos Resquioto."</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1593/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1593/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a Presidência da Câmara Municipal da Estância Hidromineral de Lindóia a celebrar convênio com a Uvesp (União de Vereadores e Câmaras Municipais do Estado de São Paulo) e da outras providências.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1608/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1608/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a filiação da Câmara Municipal à Acalesp - Associação das Câmaras Municipais do Leste Paulista.”</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1607/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1607/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do Regimento Interno da Câmara Municipal de Lindóia”</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1606/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1606/arq.pdf</t>
   </si>
   <si>
     <t>"Institui Comissão de Representação para participar do 2o Encontro Estadual de Agentes Públicos na Assembléia Legislativa de São Paulo."</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1604/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1604/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a constituição de Comissão Especial de Inquérito para apuração de fato que especifica”</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1602/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1602/arq.pdf</t>
   </si>
   <si>
     <t>“Institui o Código de Ética e Disciplina da Câmara Municipal de Lindóia e estabelece outras providências”</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1601/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1601/arq.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivo do Regimento Interno da Câmara Municipal de Lindóia que especifica” e estabelece outras providências."</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1600/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1600/arq.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivos do Regimento interno da Câmara Municipal que especifica"</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1599/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1599/arq.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivos do Regimento Interno da Câmara Municipal de Lindóia que especifica."</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1596/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1596/arq.pdf</t>
   </si>
   <si>
     <t>Fica constituída Comissão de Representação para participação no 53° Congresso Estadual de Municípios.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1592/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1592/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 1° Encontro Estadual de Agentes Públicos na Assembléia Legislativa de São Paulo ”</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1598/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1598/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar de reunião com Deputado Federal’’</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1595/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1595/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 52° Congresso Estadual de Municípios”.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1591/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1591/arq.pdf</t>
   </si>
   <si>
     <t>A MESA DA CÂMARA MUNICIPAL DA ESTÂNCIA HIDROMINERAL DE LINDÓIA, SP, APRESENTA O SEGUINTE PROJETO DE RESOLUÇÃO:_x000D_
 Art. 1° A realização de sindicâncias destinar-se-á à apuração de irregularidades administrativas cometidas no âmbito da Câmara Municipal da Estância_x000D_
 Hidromineral de Lindóia._x000D_
 ...</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1071,66 +1071,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2188/resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2187/resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2186/resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2092/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2061/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2002/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1938/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1860/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1869/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1764/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1705/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1665/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1522/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1499/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1498/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1497/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1496/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1495/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1494/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1639/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1638/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1637/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1636/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1635/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1634/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1633/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1555/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1554/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1553/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1552/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1551/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1521/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1520/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1519/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1549/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1548/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1510/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1550/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1509/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1547/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1546/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1545/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1544/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1543/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1542/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1541/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1605/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1603/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1616/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1615/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1614/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1613/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1612/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1594/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1597/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1593/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1608/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1607/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1606/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1604/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1602/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1601/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1600/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1599/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1596/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1592/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1598/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1595/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1591/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2188/resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2187/resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2025/2186/resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2092/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2024/2061/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/2002/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2023/1938/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1860/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2022/1869/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1764/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2021/1705/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1665/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1522/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1499/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1498/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1497/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1496/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1495/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2020/1494/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1639/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1638/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1637/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1636/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1635/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1634/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2019/1633/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1555/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1554/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1553/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1552/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2018/1551/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1521/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1520/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1519/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1549/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2017/1548/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1510/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1550/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2016/1509/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1547/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1546/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1545/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2015/1544/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2014/1543/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1542/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2013/1541/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1605/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1603/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1616/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1615/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1614/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1613/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2012/1612/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2011/1594/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1597/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2010/1593/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1608/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1607/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1606/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1604/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1602/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1601/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1600/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1599/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1596/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2009/1592/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1598/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1595/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/normajuridica/2008/1591/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="87.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="86.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="212.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>