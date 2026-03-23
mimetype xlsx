--- v0 (2026-02-01)
+++ v1 (2026-03-23)
@@ -10,386 +10,1101 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="728" uniqueCount="351">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4633/projeto_de_lei_01-2026-2.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4633/projeto_de_lei_01-2026-2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providências correlatadas</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4634/projeto_de_lei_02-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4634/projeto_de_lei_02-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor mínimo do salário devido aos servidores públicos municipais da Estância Hidromineral de Lindoia.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4636/projeto_de_lei_03-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4636/projeto_de_lei_03-2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Suplementar na Lei Orçamentária do Exercício de 2026, e dá outras providências."</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4637/projeto_04-26.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4637/projeto_04-26.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídios dos agentes políticos do município de Lindoia</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4638/projeto_05-26.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4638/projeto_05-26.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual da remuneração dos servidores públicos do Quadro de Pessoal da Câmara Municipal de Lindoia</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4639/projeto_de_lei_complementar_06-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4639/projeto_de_lei_complementar_06-2026.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei Complementar nº 1.856, de 15 de janeiro de 2026, e concede revisão geral anual dos subsídios dos agentes políticos do Município de Lindóia com base na variação do IPCA acumulado nos últimos 12 (doze) meses."</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4641/pl_07_credito_adicional_especial_-_diversas_1.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4641/pl_07_credito_adicional_especial_-_diversas_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2026, e dá outras providências</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4642/brn30055cee5f6e_072620.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4642/brn30055cee5f6e_072620.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber, mediante doação sem encargos, bem imóvel destinado á implantação de via pública que especifica e dá outas providências.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>GUSTAVO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4644/projeto_de_lei_09-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4644/projeto_de_lei_09-2026.pdf</t>
   </si>
   <si>
     <t>"Autoriza a utilização da Bíblia Sagrada como material de apoio pedagógico em Instituições de Ensino Públicas e Privadas do Município, para fins de estudo cultural, histórico e filosófico, e assegura a liberdade de consciência e crença dos estudantes.”</t>
   </si>
   <si>
+    <t>4662</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4662/projeto_10-26.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir crédito adicional especial na Lei Orçamentária do Exercício de 2026, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4663</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4663/projeto_11-26.pdf</t>
+  </si>
+  <si>
+    <t>4664</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4664/projeto_12-26.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir crédito adicional suplementar na Lei Orçamentária do Exercício de 2026, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4665</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4665/pl_13-2026_institui_o_plano_diretor_de_turismo_2024_-_2027.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Diretor de Turismo do Município da Estância Hidromineral de Lindoia e dá outras providências</t>
+  </si>
+  <si>
+    <t>4673</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4673/oficio_028-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação do cargo de provimento efetivo de Auxiliar TI no Quadro Geral de Servidores da Administração Pública Municipal e dá outras providências correlatas"</t>
+  </si>
+  <si>
+    <t>4680</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4680/plc_015-2026-_altera_descricao_de_cargos_de_comissao_e_demais_lei_975_mp_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera os Anexos V e VI da Lei Complementar nº 975, de 31 de março de 2006, que dispõe sobre o Quadro de Cargos em Comissão e Funções Gratificadas da Prefeitura da Estância Hidromineral de Lindóia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4696</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4696/oficio_54-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir crédito adicional especial na Lei Orçamentária do Exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4697</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4697/oficio_55-2026.pdf</t>
+  </si>
+  <si>
+    <t>4698</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4698/oficio_56-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a correção de erro formal na Lei nº 1.846/2025, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4699</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4699/oficio_057-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Colaboração com a Organização da Sociedade Civil Escola Esperança e Vida, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4700</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4700/projeto_de_lei_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de uso onerosa para a exploração da lanchonete e quadra poliesportiva Benedito Vaneli do Carmo - Ditão da Fonte e dá outras providências</t>
+  </si>
+  <si>
+    <t>4701</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4701/projeto_de_lei_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prestação, a regulação e a cobrança dos serviços públicos de abastecimento de água e esgotamento sanitário no Munícipio da Estância Hidromineral de Lindoia, Institui a tarifa correspondente e dá outras providencias</t>
+  </si>
+  <si>
+    <t>4702</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4702/projeto_de_lei_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão dos serviços públicos cemiteriais e funerários municipais compreendendo a administração, operação manutenção e limpeza dos cemitérios e capelas mortuárias do Município da Estância Hidromineral de Lindoia, e dá outras providencias</t>
+  </si>
+  <si>
+    <t>4703</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4703/projeto_de_lei_23-2026.pdf</t>
+  </si>
+  <si>
+    <t>Cria o conselho de Regulação e controle social - CRCS do Município da Estância Hidromineral de Lindoia, Estado de São Paulo em apoio à Agência Reguladora ARES-PCJ e dá outras providencias</t>
+  </si>
+  <si>
+    <t>4709</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>'BERTO SANTOS</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4709/projeto_de_lei_24-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a denominação de próprios públicos que especifica"</t>
+  </si>
+  <si>
+    <t>4711</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4711/projeto_de_lei_25-2026_-_complementar.pdf</t>
+  </si>
+  <si>
+    <t>Prorroga por 12 (doze) meses o prazo estabelecido na Lei Complementar nº 1.799, 07 de maio de 2025, que dispõe sobre a regularização de edificações e lotes desdobrados sem autorização de edificações e lotes desdobrados sem autorização legal com edificações construídas em desacordo com as normas municipais vigentes (anistia), e dá outras providencias</t>
+  </si>
+  <si>
+    <t>4712</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_let_complementar_26-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Complementar nº 1.337, de 30 de julho de 2014, que dispõe sobre a regulamentação do Controle Interno no âmbito da Câmara Municipal de Lindóia e dá outras providências</t>
+  </si>
+  <si>
+    <t>4718</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4718/projeto_de_lei_27-26.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a autorização a autorização para o Poder Executivo do Município de da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício 2026, e dá outras providencias."</t>
+  </si>
+  <si>
+    <t>4719</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4719/projeto_de_lei_28-26.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a autorização a autorização para o Poder Executivo do Município de da Estância Hidromineral de Lindoia abrir Crédito Adicional Suplementar na Lei Orçamentária do Exercício 2026, e dá outras providencias."</t>
+  </si>
+  <si>
+    <t>4679</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>OFI-E</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4679/of_050-2026-camara_retirada_projeto_de_lei_008.2026.pdf</t>
+  </si>
+  <si>
+    <t>RETIRADA PROJETO DE LEI Nº08/2026</t>
+  </si>
+  <si>
+    <t>4723</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>MARCIO DA LAGE</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4723/projeto_de_decreto_legislativo_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>“Concede título de Cidadão Honorário Lindoiano o senhor Luís Elias Alves – Luís Mineiro”</t>
+  </si>
+  <si>
+    <t>4674</t>
+  </si>
+  <si>
+    <t>PRL</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4674/projeto_de_resolucao_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui Comissão de Representação para visita à Câmara dos Deputados em Brasília</t>
+  </si>
+  <si>
+    <t>4695</t>
+  </si>
+  <si>
+    <t>JOÃO DA SAÚDE</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4695/projeto_de_resolucao_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Institui Comissão de Representação para visita à Câmara dos Deputados em Brasília.”</t>
+  </si>
+  <si>
+    <t>4708</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4708/requerimento_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor José Aparecido de Godoi Bueno, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
+  </si>
+  <si>
+    <t>4722</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4722/--brn30055cee5f6e_073402.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto a diretoria competente informe a esta Casa Legislativa, as seguintes informações:_x000D_
+- Requeremos documento de Prestação de Contas e relação ao Evento de Carnaval 2026</t>
+  </si>
+  <si>
     <t>4643</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JULIANO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4643/indicacao_01-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4643/indicacao_01-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que sejam adotadas providências pra o reconhecimento das educadoras infantis como integrantes dos profissionais do magistério no Município de Lindoia, nos termos da Lei Federai n° 15.326/26.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4645/indicacao_02-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4645/indicacao_02-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar a revitalização da Rodoviária Municipal e a instalação, no mesmo espaço, da base do Corpo de Bombeiros e da Guarda Municipal, criando assim um núcleo integrado de serviços públicos.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4646/indicacao_03-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4646/indicacao_03-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de apresentar a esta Câmara Municipal um Projeto de Lei que propõe a conversão do pagamento de multas de trânsito em doação de sangue.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4647/indicacao_04-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4647/indicacao_04-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que encaminhe a esta Casa Legislativa projeto de lei municipal autorizadora que reconheça, para fins de pagamentos retroativos, aquisição de anuênio e licença-prêmio, a contagem do período compreendido entre 28/05/2020 a 31/12/2021, nos termos da Lei Complementar Federal nº 226/2026.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4648/indicacao_05-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4648/indicacao_05-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Indico ao Prefeito Municipal em conjunto com a diretoria competente, que adote as providências necessárias para a aquisição de novas viaturas destinada à Guarda Civil Municipal, com o objetivo de reforçar a capacidade operacional, ampliar o patrulhamento preventivo e proporcionar maior segurança à população.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4649/indicacao_06-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4649/indicacao_06-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal em conjunto com a diretoria competente, que adote as providências necessárias para autorizar e incentivar as engarrafadoras de água mineral do município a instalarem bicas de água em pontos estratégicos da cidade, bem como promover a manutenção e conservação das bicas já existentes, garantindo seu funcionamento adequado e seguro.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4650/indicacao_07-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4650/indicacao_07-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal em conjunto com a diretoria competente, que estude a viabilidade e adote as providencias necessárias para implantação e estruturação da Fanfarra Municipal, com a criação de um programa cultural e educacional permanente, voltando ao ensino de música, destinado as crianças, adolescentes e jovens do município.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4651/indicacao_08-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4651/indicacao_08-2026.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal em conjunto com a diretoria competente que realize serviços de limpeza, capinação e manutenção ao redor da caixa d’água localizada no Bairro Parque Aquático.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4652/indicacao_09-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4652/indicacao_09-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal em conjunto com a diretoria competente, que sejam realizados serviços de limpeza, roçagem, conservação e manutenção da entrada do Bairro do Parque Aquático, neste município.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4653/indicacao_10-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4653/indicacao_10-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal em conjunto com a diretoria competente, que seja realizada a manutenção preventiva e corretiva em todos os equipamentos das academias ao ar livre existentes no município, garantindo a conservação, segurança e bom funcionamento das instalações.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4654/indicacao_11-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4654/indicacao_11-2026.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal, em conjunto com a diretoria competente, que determine a substituição das placas de nomenclatura de ruas e dos postes que as sustentam, em todo o município, com prioridade para os locais em que as placas estejam danificadas, ilegíveis ou ausentes.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4655/indicacao_12-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4655/indicacao_12-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal em conjunto com a diretoria competente que realize a construção de uma estrutura adequada para cercamento, proteção e segurança da caixa d’água do Bairro Parque Aquático, neste município.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4656/indicacao13-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4656/indicacao13-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de apresentar a esta Câmara Municipal um Projeto de Lei que estabeleça critérios e diretrizes para a emissão de atestados médicos nas unidades públicas de saúde – “Programa Atestado Responsável”.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4657/indicacao_14-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4657/indicacao_14-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de prorrogar o prazo de vigência da lei Complementar nº 1.799 de 07 de maio de 2025, a qual dispõe sobre a regularização de edificações e de lotes desdobrados sem autorização legal, bem como de edificações construídas em desacordo com as normas municipais vigentes.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4658/indicacao_15-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4658/indicacao_15-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de apresentar a esta Câmara Municipal um Projeto de Lei que institua o “Programa Municipal de uso responsável de telas na primeira infância no Município de Lindoia”.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4659/indicacao_16-2026.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4659/indicacao_16-2026.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de apresentar a esta Câmara Municipal um Projeto de Lei que institua a destinação de vagas de estacionamento para pessoas com Transtorno do Espectro Autista – TEA em órgão públicos e estabelecimentos privados de uso coletivo no município de Lindóia.</t>
   </si>
   <si>
+    <t>4660</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4660/indicacao_17-26.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente, seja encaminhado a esta Câmara Municipal um Projeto de Lei "Estabelece no âmbito do Município de Lindóia, sanções e penalidades administrativas para aqueles que pratiquem maus-tratos aos animais e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4661</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4661/indicacao_18-26.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar o recapeamento completo da Avenida Guaianazes, no bairro Índio de Ouro, em nosso município.</t>
+  </si>
+  <si>
+    <t>4666</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4666/indicacao_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de realizar a manutenção e reparo da massa asfáltica na Rua Lajeado, no Bairro Jardim da Laje, em nosso municipio</t>
+  </si>
+  <si>
+    <t>4667</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4667/indicacao_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de realizar a manutenção e reparo da massa asfáltica na Rua Olegário de Castro, em nosso município.</t>
+  </si>
+  <si>
+    <t>4668</t>
+  </si>
+  <si>
+    <t>ANA BICUDO</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4668/indicacao_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, providencie a operação "Tapa Buracos" na rua Santa Rita de Cassa, em nosso município.</t>
+  </si>
+  <si>
+    <t>4669</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4669/indicacao_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, providencie a substituição e melhora da iluminação da Praça das Águas, em nosso município.</t>
+  </si>
+  <si>
+    <t>4670</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4670/indicacao_23-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, estude a possibilidade de construir um viveiro de mudas, em nosso município.</t>
+  </si>
+  <si>
+    <t>4671</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4671/indicacao_24-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, estude a possibilidade de melhora da sinalização no cruzamento da Rua Coronel Estevam Franco com a Rua Major Joaquim de Souza, em nosso município.</t>
+  </si>
+  <si>
+    <t>4672</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4672/indicacao_25-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, estude a possibilidade da melhora da sinalização no cruzamento da Rua Cap Benjamim Domingues com a nova ponte, em nosso município.</t>
+  </si>
+  <si>
+    <t>4675</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4675/indicacaq_26-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de reforma, ampliação e revitalização da sede da melhor idade, em nosso município.</t>
+  </si>
+  <si>
+    <t>4676</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4676/indicacao_27-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a manutenção e reparos no Bairro dos Costas. em nosso município.</t>
+  </si>
+  <si>
+    <t>4677</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4677/indicacao_28-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de realizar ações sociais voltadas as mulheres na semana em que se comemora o dia internacional da mulher.</t>
+  </si>
+  <si>
+    <t>4678</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4678/indicacao_029-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalação de um redutor de velocidade tipo "lombofaixa" na entrada do Bairro Costas, em nosso município.</t>
+  </si>
+  <si>
+    <t>4682</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4682/indicacao_30-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de apresentar a esta Câmara Municipal um Projeto de Lei que autorize a utilização da Bíblia Sagrada como material de apoio pedagógico em Instituições de Ensino Públicas e Privadas do Município, para fins de estudo cultural, histórico e filosófico, e assegura a liberdade de consciência e crença dos estudantes.</t>
+  </si>
+  <si>
+    <t>4683</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4683/indicacao_31-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine à Diretoria competente a realização de estudo técnico nas vias do bairro Parque Aquático I, visando a implantação de lombadas ou outros dispositivos redutores de velocidade nos pontos que fizerem necessários.</t>
+  </si>
+  <si>
+    <t>4684</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4684/indicacao_32-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Prefeito Municipal que determine à Diretoria de Gabinete que estude a continuação do programa “Gabinete Itinerante nos Bairros”, com o objetivo de aproximar a Administração Pública da população, ampliando a participação cidadã e a eficiência na prestação de serviços.</t>
+  </si>
+  <si>
+    <t>4685</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4685/indicacao_33-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine à Diretoria competente a realização de estudo que determine a criação de canal oficial de atendimento via WhatsApp, destinado a receber demandas, solicitações, reclamações, sugestões e informações por parte da população.</t>
+  </si>
+  <si>
+    <t>4681</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4681/brn30055cee5f6e_072907.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a pavimentação asfáltica do bairro dos Costas, que inclui as estradas já denominadas, Estrada Municipal Mauro Ferraresso de Souza, Estrada Antonio Pedro Ciaramicoli, a Rua Sueli Campeão, e as demais ruas ainda não denomindas.</t>
+  </si>
+  <si>
+    <t>4686</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4686/indicacao_35-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de adquirir drones para utilização pela Guarda Municipal de nosso município.</t>
+  </si>
+  <si>
+    <t>4687</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4687/indicacao_36-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de realizar estudos e adoção das providências necessárias para proibir o trânsito de caminhões na Rua Coronel Estevam Franco, no trecho sentido dos números 344 a 390 em nosso município.</t>
+  </si>
+  <si>
+    <t>4688</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4688/indicacao_37-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de realizar da pintura e demarcação das vagas de estacionamento para carros, motos, bem como vagas destinadas à carga e descarga na Rua Coronel Estevam Franco e demais vias da região central de nosso município.</t>
+  </si>
+  <si>
+    <t>4689</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4689/indicacao_38-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Prefeito Municipal, em conjunto com a diretoria de trânsito, que sejam instaladas barreiras plásticas de sinalização viária (berreiras canalizadoras preenchidas com água) na Avenida 31 de Março, nas proximidades do acesso às pontes existentes no local, com a finalidade de impedir manobras irregularidades de travessia entre os fluxos de circulação.</t>
+  </si>
+  <si>
+    <t>4690</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4690/indicacao_39-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de aquisição de cadeiras de roda para a sede da melhor idade, em nosso município.</t>
+  </si>
+  <si>
+    <t>4691</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4691/indicacao_40-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de colocar cascalho no acesso aos comércios ao lado do Posto Ruiz e Ruiz na Rua José Magro, em nosso município.</t>
+  </si>
+  <si>
+    <t>4692</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4692/indicacao_41-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de construir um acesso direto e coberto ligando o Clubinho Mileide Ap Zamboim Moreti ao estacionamento do transporte municipal.</t>
+  </si>
+  <si>
+    <t>4693</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4693/indicacao_42-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Prefeito Municipal em conjunto com a Vigilância Sanitária, que providêncie a verificação da viabilidade e posterior instalação de banheiro no local onde é realizada a feira livre às sextas-feiras, no município de Lindóia.</t>
+  </si>
+  <si>
+    <t>4706</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>EDNELSON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4706/indicacao_43-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de realizar um “Festival de Música e Cultura Cristã” em nosso município</t>
+  </si>
+  <si>
+    <t>4707</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4707/indicacaq_44-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de realizar a revitalização do Grande Lago – “Lagão”, em nosso município.</t>
+  </si>
+  <si>
+    <t>4710</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4710/indicacao_45-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal que junto a diretoria competente estude a possibilidade construção de banheiros na Praça das Águas, em nosso município.</t>
+  </si>
+  <si>
+    <t>4720</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4720/indicacao_46-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie limpeza pública da vegetação , na Av Dr. Ângelo Antônio Mérola, em nosso município.</t>
+  </si>
+  <si>
+    <t>4721</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4721/--brn30055cee5f6e_073400.pdf</t>
+  </si>
+  <si>
+    <t>INDICAMOS ao Excelentíssimo Senhor Prefeito Municipal de Lindoia nos termos regimentais desta Casa Legislativa, que determine aos setores competentes da Administração Municipal a realização de estudo técnico, jurídico e operacionais visando autorizar, regulamentar e implementar o uso de spray de pimenta (agente incapacitante de menor potencial ofensivo) pela Guarda Civil Municipal, durante o exercício de suas atividades de segurança pública municipal.</t>
+  </si>
+  <si>
+    <t>4694</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4694/mocao_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>O Poder Legislativo de Lindoia manifesta seus mais sinceros aplausos e reconhecimento à equipe do Serviço de Atendimento Móvel de Urgência - SAMU, Base de Lindoia, pela excelência, dedicação e compromisso demonstrados no atendimento à população, especialmente no socorro às vítimas em situações de urgência e emergência.</t>
+  </si>
+  <si>
+    <t>4704</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4704/mocao_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>O Poder Legislativo de Lindóia tem a satisfação de homenagear a Dra. Tatiana Coelho de Sampaio, pesquisadora da Universidade Federal do Rio de Janeiro (UFRJ), pela sua histórica contribuição à ciência brasileira e pela descoberta da polilaminina, uma inovação que renova a esperança de milhares de pessoas que convivem com lesões na medula espinhal</t>
+  </si>
+  <si>
+    <t>4705</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4705/mocao_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os Idealizadores e proprietários Senhores Fabio Samuel da Silva Cardoso e Rodrigo Gonçalves Bubola, pela recente inauguração da “Barbearia Cê que Manda”, homenageando também seu colaborador Senhor Pedro Henrique Rodrigues da Silva.”</t>
+  </si>
+  <si>
+    <t>4713</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4713/mocao_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Escola Municipal de Ensino Fundamental “Professora Iracema de Souza Freitas”, pela recente premiação do 1° lugar entre os municípios de pequeno porte, no Prêmio Excelência Educacional 2025, oferecido pelo Programa Alfabetiza Juntos SP.”</t>
+  </si>
+  <si>
+    <t>4714</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4714/mocao_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>“O Poder Legislativo de Lindóia tem a honra de homenagear Ryan Lucas Ribeiro Fini por apresentação no Prêmio Excelência Educacional 2025 do programa Alfabetiza Juntos SP.”</t>
+  </si>
+  <si>
+    <t>4715</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4715/mocao_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>“O Poder Legislativo de Lindóia tem a honra de homenagear Ryel Victor Ribeiro Fini por apresentação no Prêmio Excelência Educacional 2025 do programa Alfabetiza Juntos SP.”</t>
+  </si>
+  <si>
+    <t>4716</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4716/mocao_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>“O Poder Legislativo de Lindóia tem a honra de homenagear Maria Eduarda Mazoline do Carmo por apresentação no Prêmio Excelência Educacional 2025 do programa Alfabetiza Juntos SP.”</t>
+  </si>
+  <si>
+    <t>4717</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4717/mocao_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>“O Poder Legislativo de Lindóia tem a honra de homenagear Ideleusa Fátima de Godoy Bueno por importante contribuição para a participação dos alunos da Escola Estadual Dr. Francisco Tozzi no Prêmio Excelência Educacional 2025 do programa Alfabetiza Juntos SP.”</t>
+  </si>
+  <si>
     <t>4635</t>
   </si>
   <si>
     <t>OUT</t>
   </si>
   <si>
     <t>Outras matérias</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Eleição da Presidência da Câmara</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -696,67 +1411,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4633/projeto_de_lei_01-2026-2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4634/projeto_de_lei_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4636/projeto_de_lei_03-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4637/projeto_04-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4638/projeto_05-26.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4639/projeto_de_lei_complementar_06-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4641/pl_07_credito_adicional_especial_-_diversas_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4642/brn30055cee5f6e_072620.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4644/projeto_de_lei_09-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4643/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4645/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4646/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4647/indicacao_04-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4648/indicacao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4649/indicacao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4650/indicacao_07-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4651/indicacao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4652/indicacao_09-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4653/indicacao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4654/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4655/indicacao_12-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4656/indicacao13-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4657/indicacao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4658/indicacao_15-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4659/indicacao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4633/projeto_de_lei_01-2026-2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4634/projeto_de_lei_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4636/projeto_de_lei_03-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4637/projeto_04-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4638/projeto_05-26.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4639/projeto_de_lei_complementar_06-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4641/pl_07_credito_adicional_especial_-_diversas_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4642/brn30055cee5f6e_072620.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4644/projeto_de_lei_09-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4662/projeto_10-26.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4663/projeto_11-26.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4664/projeto_12-26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4665/pl_13-2026_institui_o_plano_diretor_de_turismo_2024_-_2027.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4673/oficio_028-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4680/plc_015-2026-_altera_descricao_de_cargos_de_comissao_e_demais_lei_975_mp_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4696/oficio_54-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4697/oficio_55-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4698/oficio_56-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4699/oficio_057-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4700/projeto_de_lei_20-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4701/projeto_de_lei_21-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4702/projeto_de_lei_22-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4703/projeto_de_lei_23-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4709/projeto_de_lei_24-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4711/projeto_de_lei_25-2026_-_complementar.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_let_complementar_26-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4718/projeto_de_lei_27-26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4719/projeto_de_lei_28-26.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4679/of_050-2026-camara_retirada_projeto_de_lei_008.2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4723/projeto_de_decreto_legislativo_01-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4674/projeto_de_resolucao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4695/projeto_de_resolucao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4708/requerimento_01-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4722/--brn30055cee5f6e_073402.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4643/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4645/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4646/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4647/indicacao_04-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4648/indicacao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4649/indicacao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4650/indicacao_07-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4651/indicacao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4652/indicacao_09-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4653/indicacao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4654/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4655/indicacao_12-2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4656/indicacao13-2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4657/indicacao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4658/indicacao_15-2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4659/indicacao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4660/indicacao_17-26.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4661/indicacao_18-26.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4666/indicacao_19-2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4667/indicacao_20-2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4668/indicacao_21-2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4669/indicacao_22-2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4670/indicacao_23-2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4671/indicacao_24-2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4672/indicacao_25-2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4675/indicacaq_26-2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4676/indicacao_27-2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4677/indicacao_28-2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4678/indicacao_029-2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4682/indicacao_30-2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4683/indicacao_31-2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4684/indicacao_32-2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4685/indicacao_33-2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4681/brn30055cee5f6e_072907.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4686/indicacao_35-2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4687/indicacao_36-2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4688/indicacao_37-2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4689/indicacao_38-2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4690/indicacao_39-2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4691/indicacao_40-2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4692/indicacao_41-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4693/indicacao_42-2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4706/indicacao_43-2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4707/indicacaq_44-2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4710/indicacao_45-2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4720/indicacao_46-2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4721/--brn30055cee5f6e_073400.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4694/mocao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4704/mocao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4705/mocao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4713/mocao_04-2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4714/mocao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4715/mocao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4716/mocao_07-2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2026/4717/mocao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -984,512 +1699,2240 @@
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B12" t="s">
-[...11 lines deleted...]
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B13" t="s">
-[...14 lines deleted...]
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="H18" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H19" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H25" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H26" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>26</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>127</v>
+      </c>
+      <c r="E30" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>10</v>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="D31" t="s">
+        <v>132</v>
+      </c>
+      <c r="E31" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" t="s">
+        <v>134</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>138</v>
+      </c>
+      <c r="E32" t="s">
+        <v>139</v>
+      </c>
+      <c r="F32" t="s">
+        <v>140</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" t="s">
+        <v>138</v>
+      </c>
+      <c r="E33" t="s">
+        <v>139</v>
+      </c>
+      <c r="F33" t="s">
+        <v>144</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H33" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>147</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>148</v>
+      </c>
+      <c r="E34" t="s">
+        <v>149</v>
+      </c>
+      <c r="F34" t="s">
+        <v>140</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H34" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>148</v>
+      </c>
+      <c r="E35" t="s">
+        <v>149</v>
+      </c>
+      <c r="F35" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>156</v>
+      </c>
+      <c r="E36" t="s">
+        <v>157</v>
+      </c>
+      <c r="F36" t="s">
+        <v>158</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H36" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>161</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" t="s">
+        <v>156</v>
+      </c>
+      <c r="E37" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" t="s">
+        <v>158</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H37" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" t="s">
+        <v>156</v>
+      </c>
+      <c r="E38" t="s">
+        <v>157</v>
+      </c>
+      <c r="F38" t="s">
+        <v>158</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H38" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>167</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" t="s">
+        <v>156</v>
+      </c>
+      <c r="E39" t="s">
+        <v>157</v>
+      </c>
+      <c r="F39" t="s">
+        <v>158</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H39" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" t="s">
+        <v>156</v>
+      </c>
+      <c r="E40" t="s">
+        <v>157</v>
+      </c>
+      <c r="F40" t="s">
+        <v>47</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>34</v>
+      </c>
+      <c r="D41" t="s">
+        <v>156</v>
+      </c>
+      <c r="E41" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" t="s">
+        <v>47</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H41" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" t="s">
+        <v>156</v>
+      </c>
+      <c r="E42" t="s">
+        <v>157</v>
+      </c>
+      <c r="F42" t="s">
+        <v>47</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H42" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" t="s">
+        <v>156</v>
+      </c>
+      <c r="E43" t="s">
+        <v>157</v>
+      </c>
+      <c r="F43" t="s">
+        <v>47</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H43" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>46</v>
+      </c>
+      <c r="D44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E44" t="s">
+        <v>157</v>
+      </c>
+      <c r="F44" t="s">
+        <v>47</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H44" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>185</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>51</v>
+      </c>
+      <c r="D45" t="s">
+        <v>156</v>
+      </c>
+      <c r="E45" t="s">
+        <v>157</v>
+      </c>
+      <c r="F45" t="s">
+        <v>47</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H45" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>55</v>
+      </c>
+      <c r="D46" t="s">
+        <v>156</v>
+      </c>
+      <c r="E46" t="s">
+        <v>157</v>
+      </c>
+      <c r="F46" t="s">
+        <v>47</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H46" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>58</v>
+      </c>
+      <c r="D47" t="s">
+        <v>156</v>
+      </c>
+      <c r="E47" t="s">
+        <v>157</v>
+      </c>
+      <c r="F47" t="s">
+        <v>47</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H47" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>62</v>
+      </c>
+      <c r="D48" t="s">
+        <v>156</v>
+      </c>
+      <c r="E48" t="s">
+        <v>157</v>
+      </c>
+      <c r="F48" t="s">
+        <v>47</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H48" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>66</v>
+      </c>
+      <c r="D49" t="s">
+        <v>156</v>
+      </c>
+      <c r="E49" t="s">
+        <v>157</v>
+      </c>
+      <c r="F49" t="s">
+        <v>47</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H49" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>70</v>
+      </c>
+      <c r="D50" t="s">
+        <v>156</v>
+      </c>
+      <c r="E50" t="s">
+        <v>157</v>
+      </c>
+      <c r="F50" t="s">
+        <v>47</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H50" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>74</v>
+      </c>
+      <c r="D51" t="s">
+        <v>156</v>
+      </c>
+      <c r="E51" t="s">
+        <v>157</v>
+      </c>
+      <c r="F51" t="s">
+        <v>47</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H51" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>206</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>78</v>
+      </c>
+      <c r="D52" t="s">
+        <v>156</v>
+      </c>
+      <c r="E52" t="s">
+        <v>157</v>
+      </c>
+      <c r="F52" t="s">
+        <v>47</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H52" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>209</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>81</v>
+      </c>
+      <c r="D53" t="s">
+        <v>156</v>
+      </c>
+      <c r="E53" t="s">
+        <v>157</v>
+      </c>
+      <c r="F53" t="s">
+        <v>47</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H53" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>212</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>85</v>
+      </c>
+      <c r="D54" t="s">
+        <v>156</v>
+      </c>
+      <c r="E54" t="s">
+        <v>157</v>
+      </c>
+      <c r="F54" t="s">
+        <v>134</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H54" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>215</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>89</v>
+      </c>
+      <c r="D55" t="s">
+        <v>156</v>
+      </c>
+      <c r="E55" t="s">
+        <v>157</v>
+      </c>
+      <c r="F55" t="s">
+        <v>134</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H55" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>218</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>93</v>
+      </c>
+      <c r="D56" t="s">
+        <v>156</v>
+      </c>
+      <c r="E56" t="s">
+        <v>157</v>
+      </c>
+      <c r="F56" t="s">
+        <v>219</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H56" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>222</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>97</v>
+      </c>
+      <c r="D57" t="s">
+        <v>156</v>
+      </c>
+      <c r="E57" t="s">
+        <v>157</v>
+      </c>
+      <c r="F57" t="s">
+        <v>219</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H57" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>101</v>
+      </c>
+      <c r="D58" t="s">
+        <v>156</v>
+      </c>
+      <c r="E58" t="s">
+        <v>157</v>
+      </c>
+      <c r="F58" t="s">
+        <v>219</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H58" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>228</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>105</v>
+      </c>
+      <c r="D59" t="s">
+        <v>156</v>
+      </c>
+      <c r="E59" t="s">
+        <v>157</v>
+      </c>
+      <c r="F59" t="s">
+        <v>219</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H59" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>231</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>110</v>
       </c>
-      <c r="F27" t="s">
+      <c r="D60" t="s">
+        <v>156</v>
+      </c>
+      <c r="E60" t="s">
+        <v>157</v>
+      </c>
+      <c r="F60" t="s">
+        <v>219</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H60" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>234</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>114</v>
+      </c>
+      <c r="D61" t="s">
+        <v>156</v>
+      </c>
+      <c r="E61" t="s">
+        <v>157</v>
+      </c>
+      <c r="F61" t="s">
+        <v>219</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H61" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>118</v>
+      </c>
+      <c r="D62" t="s">
+        <v>156</v>
+      </c>
+      <c r="E62" t="s">
+        <v>157</v>
+      </c>
+      <c r="F62" t="s">
+        <v>219</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H62" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>240</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>122</v>
+      </c>
+      <c r="D63" t="s">
+        <v>156</v>
+      </c>
+      <c r="E63" t="s">
+        <v>157</v>
+      </c>
+      <c r="F63" t="s">
+        <v>219</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H63" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>243</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>244</v>
+      </c>
+      <c r="D64" t="s">
+        <v>156</v>
+      </c>
+      <c r="E64" t="s">
+        <v>157</v>
+      </c>
+      <c r="F64" t="s">
+        <v>219</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H64" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>247</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>248</v>
+      </c>
+      <c r="D65" t="s">
+        <v>156</v>
+      </c>
+      <c r="E65" t="s">
+        <v>157</v>
+      </c>
+      <c r="F65" t="s">
+        <v>47</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H65" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>251</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>252</v>
+      </c>
+      <c r="D66" t="s">
+        <v>156</v>
+      </c>
+      <c r="E66" t="s">
+        <v>157</v>
+      </c>
+      <c r="F66" t="s">
+        <v>47</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H66" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>255</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>256</v>
+      </c>
+      <c r="D67" t="s">
+        <v>156</v>
+      </c>
+      <c r="E67" t="s">
+        <v>157</v>
+      </c>
+      <c r="F67" t="s">
+        <v>47</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H67" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>259</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>260</v>
+      </c>
+      <c r="D68" t="s">
+        <v>156</v>
+      </c>
+      <c r="E68" t="s">
+        <v>157</v>
+      </c>
+      <c r="F68" t="s">
+        <v>47</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H68" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>263</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>264</v>
+      </c>
+      <c r="D69" t="s">
+        <v>156</v>
+      </c>
+      <c r="E69" t="s">
+        <v>157</v>
+      </c>
+      <c r="F69" t="s">
+        <v>106</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H69" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>267</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>268</v>
+      </c>
+      <c r="D70" t="s">
+        <v>156</v>
+      </c>
+      <c r="E70" t="s">
+        <v>157</v>
+      </c>
+      <c r="F70" t="s">
+        <v>144</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H70" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>272</v>
+      </c>
+      <c r="D71" t="s">
+        <v>156</v>
+      </c>
+      <c r="E71" t="s">
+        <v>157</v>
+      </c>
+      <c r="F71" t="s">
+        <v>144</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H71" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
+        <v>156</v>
+      </c>
+      <c r="E72" t="s">
+        <v>157</v>
+      </c>
+      <c r="F72" t="s">
+        <v>144</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H72" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>279</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>280</v>
+      </c>
+      <c r="D73" t="s">
+        <v>156</v>
+      </c>
+      <c r="E73" t="s">
+        <v>157</v>
+      </c>
+      <c r="F73" t="s">
+        <v>144</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H73" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>283</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>284</v>
+      </c>
+      <c r="D74" t="s">
+        <v>156</v>
+      </c>
+      <c r="E74" t="s">
+        <v>157</v>
+      </c>
+      <c r="F74" t="s">
+        <v>219</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H74" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>287</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>288</v>
+      </c>
+      <c r="D75" t="s">
+        <v>156</v>
+      </c>
+      <c r="E75" t="s">
+        <v>157</v>
+      </c>
+      <c r="F75" t="s">
+        <v>219</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H75" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>291</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>292</v>
+      </c>
+      <c r="D76" t="s">
+        <v>156</v>
+      </c>
+      <c r="E76" t="s">
+        <v>157</v>
+      </c>
+      <c r="F76" t="s">
+        <v>219</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H76" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>295</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>296</v>
+      </c>
+      <c r="D77" t="s">
+        <v>156</v>
+      </c>
+      <c r="E77" t="s">
+        <v>157</v>
+      </c>
+      <c r="F77" t="s">
+        <v>134</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H77" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>299</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>300</v>
+      </c>
+      <c r="D78" t="s">
+        <v>156</v>
+      </c>
+      <c r="E78" t="s">
+        <v>157</v>
+      </c>
+      <c r="F78" t="s">
+        <v>301</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H78" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>304</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>305</v>
+      </c>
+      <c r="D79" t="s">
+        <v>156</v>
+      </c>
+      <c r="E79" t="s">
+        <v>157</v>
+      </c>
+      <c r="F79" t="s">
+        <v>301</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H79" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>308</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>309</v>
+      </c>
+      <c r="D80" t="s">
+        <v>156</v>
+      </c>
+      <c r="E80" t="s">
+        <v>157</v>
+      </c>
+      <c r="F80" t="s">
+        <v>219</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H80" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>312</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>313</v>
+      </c>
+      <c r="D81" t="s">
+        <v>156</v>
+      </c>
+      <c r="E81" t="s">
+        <v>157</v>
+      </c>
+      <c r="F81" t="s">
+        <v>134</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H81" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>316</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>317</v>
+      </c>
+      <c r="D82" t="s">
+        <v>156</v>
+      </c>
+      <c r="E82" t="s">
+        <v>157</v>
+      </c>
+      <c r="F82" t="s">
+        <v>47</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H82" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>320</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>10</v>
+      </c>
+      <c r="D83" t="s">
+        <v>321</v>
+      </c>
+      <c r="E83" t="s">
+        <v>322</v>
+      </c>
+      <c r="F83" t="s">
+        <v>219</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H83" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>325</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>17</v>
+      </c>
+      <c r="D84" t="s">
+        <v>321</v>
+      </c>
+      <c r="E84" t="s">
+        <v>322</v>
+      </c>
+      <c r="F84" t="s">
+        <v>140</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H84" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>328</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>21</v>
+      </c>
+      <c r="D85" t="s">
+        <v>321</v>
+      </c>
+      <c r="E85" t="s">
+        <v>322</v>
+      </c>
+      <c r="F85" t="s">
+        <v>158</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H85" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>331</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>25</v>
+      </c>
+      <c r="D86" t="s">
+        <v>321</v>
+      </c>
+      <c r="E86" t="s">
+        <v>322</v>
+      </c>
+      <c r="F86" t="s">
+        <v>219</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H86" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>334</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>30</v>
+      </c>
+      <c r="D87" t="s">
+        <v>321</v>
+      </c>
+      <c r="E87" t="s">
+        <v>322</v>
+      </c>
+      <c r="F87" t="s">
+        <v>219</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H87" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>337</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>34</v>
+      </c>
+      <c r="D88" t="s">
+        <v>321</v>
+      </c>
+      <c r="E88" t="s">
+        <v>322</v>
+      </c>
+      <c r="F88" t="s">
+        <v>219</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H88" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>340</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>38</v>
+      </c>
+      <c r="D89" t="s">
+        <v>321</v>
+      </c>
+      <c r="E89" t="s">
+        <v>322</v>
+      </c>
+      <c r="F89" t="s">
+        <v>219</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H89" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>42</v>
+      </c>
+      <c r="D90" t="s">
+        <v>321</v>
+      </c>
+      <c r="E90" t="s">
+        <v>322</v>
+      </c>
+      <c r="F90" t="s">
+        <v>219</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H90" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>346</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>10</v>
+      </c>
+      <c r="D91" t="s">
+        <v>347</v>
+      </c>
+      <c r="E91" t="s">
+        <v>348</v>
+      </c>
+      <c r="F91" t="s">
         <v>13</v>
       </c>
-      <c r="G27" s="1" t="s">
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="G91" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H91" t="s">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>