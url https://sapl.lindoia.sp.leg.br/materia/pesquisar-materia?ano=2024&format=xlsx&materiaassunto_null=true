--- v0 (2025-12-09)
+++ v1 (2026-03-22)
@@ -54,3252 +54,3252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4186/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4186/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4187/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4187/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o valor mínimo do salário devido aos servidores públicos municipais da Estância Hidromineral de Lindoia."</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4188/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4188/arq.pdf</t>
   </si>
   <si>
     <t>"Altera o vencimento dos agentes comunitários de saúde e dos agentes de combate às endemias, em conformidade com a Emenda Constitucional n° 120/2022 e estabelece outras providências."</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Poder Legislativo - PL</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4189/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4189/arq.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual da remuneração dos servidores públicos do Quadro de Pessoal da Câmara Municipal de Lindoia</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4190/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4190/arq.pdf</t>
   </si>
   <si>
     <t>Concede revisão anual dos subsídios dos agentes políticos do Município de Lindoia</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>BERTO SANTOS</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4191/arq.pdf</t>
+    <t>'BERTO SANTOS</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4191/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprios públicos que especifica</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4192/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4192/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a restruturação do fundo Social de Solidariedade Municipal e dá outras providências</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4193/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4193/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4194/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4194/arq.pdf</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4195/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4195/arq.pdf</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4201/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4201/arq.pdf</t>
   </si>
   <si>
     <t>"Altera o valor da remuneração da função de Conselheiro Tutelar do Município da Estância Hidromineral de Lindoia e estabelece outras providências."</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4213/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4213/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>'JULIANO</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4212/arq.pdf</t>
+    <t>JULIANO</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4212/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprios públicos que específica</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>João Paulo Vieira Trevisan</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4227/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4227/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Projeto Ajude um Animal de Rua e estabelece outras providências.”</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4228/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4228/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercicio de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4229/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4229/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos públicos que especifica e dá outras providências</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>TATA, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4230/arq.pdf</t>
+    <t>TATA, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4230/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da empresa concessionária de serviço público de distribuição de energia elétrica atender às normas técnicas aplicáveis à ocupação do espaço público e promover a retirada dos fios inutilizados nos postes, notificar as demais empresas que utilizam os postes como suporte de seus cabeamentos, em vias públicas do município de Lindoia e dá outras providências.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4241/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4241/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional na Lei Orçamentária do Exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4257/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4257/arq.pdf</t>
   </si>
   <si>
     <t>"Inclui e altera dispositivos da Lei Complementar n° 963 de 14 de dezembro de 2005, que dispõe sobre o Imposto sobre serviço de qualquer natureza"</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4258/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4258/arq.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 1.505, de 31 de julho de 2020, que dispõe sobre o Conselho Municipal de Turismo e o Fundo Municipal de Turismo e estabelece outras providências</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>'JULIANO, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4260/arq.pdf</t>
+    <t>JULIANO, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4260/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de próprios públicos que especifica."</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4262/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4262/arq.pdf</t>
   </si>
   <si>
     <t>“Projeto que visa a desburocratização no licenciamento para abertura de empresas na cidade de Lindoia.”</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4264/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4264/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Bruno Tardelli, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4266/arq.pdf</t>
+    <t>Bruno Tardelli, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4266/arq.pdf</t>
   </si>
   <si>
     <t>"Reconhece o cordão de girassol como instrumento auxiliar de orientação para identificação de pessoas com deficiências ocultas no município de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4275/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4275/arq.pdf</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4277/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4277/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oficialização da data de fundação do município de Lindoia e dá outras providências</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4284/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4284/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder executivo do Município da Estância Hidromineral de Lindoia abrir crédito Adicional na Lei Orçamentária do Exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4291/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4291/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos públicos que especifica e dá outras providências."</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4292/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4292/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional especial na Lei Orçamentária do exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>João Paulo Vieira Trevisan, BERTO SANTOS, Bruno Tardelli, EDNELSON, 'JULIANO, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4325/arq.pdf</t>
+    <t>João Paulo Vieira Trevisan, 'BERTO SANTOS, Bruno Tardelli, EDNELSON, JULIANO, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4325/arq.pdf</t>
   </si>
   <si>
     <t>“Cria o Selo de Responsabilidade Social, “Empresa Parceira da Mulher”, certificando as empresas que priorizem a contratação, formação e qualificação de mulheres vítimas de violência doméstica.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4329/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4329/arq.pdf</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4330/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4330/arq.pdf</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4331/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4331/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Política Municipal de Acolhimento e Capacitação para Pais ou Responsáveis de pessoas com deficiências ocultas, no Município de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4355/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4355/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de próprios públicos que especifica"</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>MAICON, BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4351/arq.pdf</t>
+    <t>MAICON, 'BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4351/arq.pdf</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4352/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4352/arq.pdf</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4353/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4353/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Suplementar na Lei Orçamentária do exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4357/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4357/arq.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal “Empresa/Cidadão Amigo da Escola”.</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4362/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4362/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a oficialização da data de fundação do município da Estância Hidromineral de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4365/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4365/arq.pdf</t>
   </si>
   <si>
     <t>"Cria Fundo Municipal do Direito da Pessoa Idosa (FMDPI), com base na lei municipal 1.583/2021 que Dispõe sobre a criação do Conselho Municipal de Direitos da Pessoa Idosa, e dá outras providências".</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4369/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4369/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia, abrir Crédito Adicional na Lei Orçamentária do Exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4379/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4379/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para abertura de Crédito Suplementar e dá outras providências"</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4399/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4399/arq.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município da Estância Hidromineral de Lindóia para o exrcício de 2025</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4403/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4403/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR autorizada pela Agência Naconal de Telecomunicações - ANATEL, nos termos da legislação federal vigente</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4404/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4404/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Suplementar na Lei Orçamentária do Exercício de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4406/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4406/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Municío da Estância Hidromineral de Lindoia abrir Crédito Adicional Suplementar na Lei Orçamentária do Exercício de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4407/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4407/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Municío da Estância Hidromineral de Lindoia abrir Crédito Adicional na Lei Orçamentária do Exercício de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4418/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4418/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Suplementar na Lei Orçamentária do Exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4429/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4429/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sistema Municipal de Cultura do Município de LINDOIA-SP, e dá outras providências.</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4436/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4436/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Suplementar na Lei Orçamentária do Exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4437/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4437/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir crédito Adicional Especial na Lei Orçamentária do do Exercício de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4438/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4438/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei n° 1.643, de 20 de outubro de 2022, que dispõe sobre o Regime Excepcional de Sobreaviso e dá outras providências."</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4439/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4439/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei Complementar n° 1.154, de 22 de dezembro de 2009, que dispõe sobre a reorganização do Plano de Carreira e Remuneração do Magistério Público Municipal da Estância Hidromineral de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4440/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4440/arq.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Complementar n° 998, de 22 de novembro de 2006 e da Lei Complementar n° 975 de 31 de março de 2006 e dá outras providências."</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>Mesa Diretora, BERTO SANTOS, Bruno Tardelli, Carlos Alberto de Oliveira Machado, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4456/arq.pdf</t>
+    <t>Mesa Diretora, 'BERTO SANTOS, Bruno Tardelli, Carlos Alberto de Oliveira Machado, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4456/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos agentes políticos do Município de Lindóia para o mandato vigente a partir de 01-01-2025 a 31-12-2028</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4457/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4457/arq.pdf</t>
   </si>
   <si>
     <t>”Dispõe sobre a ratificação do Protocolo de Intenções e de suas alterações, convertido em contrato de Consorcio Público, do Consórcio Público Agência Reguladora dos Serviços de Saneamento das Bacias dos Rios Piracicaba, Capivari e Jundiai (ARES-PCJ); autoriza o Município de Lindoia, Estado de São Paulo, a integrar o referido Consórcio Público, delega as competências municipais de regulação e fiscalização da prestação dos serviços públicos de saneamento básico, e dá outras providências.”</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4458/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4458/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização para o Poder Executivo do Município da Estancia Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2024, e dá outras providências.”</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4463/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4463/arq.pdf</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4464/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4464/arq.pdf</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4466/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4466/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar convênio com a Sociedade Beneficente São Camilo - Hospital São Camilo de Águas de Lindoia e estabelece outras providências."</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4473/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4473/arq.pdf</t>
   </si>
   <si>
     <t>“Institui o Titulo Amigo do Meio Ambiente”.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4474/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4474/arq.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Municipal Adote a Saúde.”</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4475/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4475/arq.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Vini Jr. de combate ao racismo nos torneios esportivos realizados ou patrocinados pela Prefeitura Municipal da Estância Hidromineral de Lindoia.”</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4208/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4208/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o senhor Rodrigo Domingues Ruiz”</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4242/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4242/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de cidadão honorário Lindoiano ao Senhor Josuelde Elias Barros da Silva."</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4265/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4265/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito 'Cel. Estevam Franco de Godoy', à Senhora Maria Estela Zamboim Gili."</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
-    <t>EDNELSON, BERTO SANTOS, Bruno Tardelli, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4377/arq.pdf</t>
+    <t>EDNELSON, 'BERTO SANTOS, Bruno Tardelli, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4377/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor João Valdir Cardoso de Godoi.”</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4376/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4376/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano ao Senhor Marco Antonio da Silva."</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4423/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4423/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano ao senhor Natael Silvério”</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>JUSSARA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4446/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4446/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao Senhor Carlos Alberto Santa Paula</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4447/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4447/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, a Senhora Rutinéia Adriana Dematé.”</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4461/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4461/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor David Cesar de Godoi Moreira.”</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4462/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4462/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano ao senhor Pablo de Oliveira Antunes”</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4465/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4465/arq.pdf</t>
   </si>
   <si>
     <t>"Aprova as contas do exercício Municipal referentes ao exercício de 2021."</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4467/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4467/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Paulo de Castro Ribeiro."</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4476/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4476/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Mauricio Barros”</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4477/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4477/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito "Cel. Estevam Franco de Godoy", ao Senhor Romildo Mian Longo."</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Bruno Tardelli</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4304/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4304/arq.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Representação para participar do 7º Encontro Nacional de Parceiros Públicos e Privados - Conexidades</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4419/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4419/arq.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Representação para visita à Câmara dos Deputados em Brasília</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4443/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4443/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre transferência de bens patrimoniais da Câmara Municipal de Lindoia para a Prefeitura Municipal de Lindoia."</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>"Modifica os dispositivos do Projeto de Lei n° 04/2024 que especifica."</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4256/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4256/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei 17 de 2024 que especifica."</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4460/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4460/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei n° 49/2024 que especifica."</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4297/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4297/arq.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de Justiça e Redação ao Projeto de lei n° 26/2024.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4205/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4205/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Nair Candido da Silva Maranhão formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4206/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4206/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Benedita Ap. de Godoi Rezende formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4207/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4207/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa a seguinte informação:_x000D_
 - Informar qual é a razão do suporte de caçamba referente a um veículo da prefeitura encontrar – se a tempos em um terreno na Avenida Nossa Senhora das Brotas, próximo ao numerário 255, exposto ao sol e chuva. Conforme foto anexa:</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
-    <t>JUSSARA, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4217/arq.pdf</t>
+    <t>JUSSARA, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4217/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor, Antônio Galaverna, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4218/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4218/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família da Senhora, Rita de Cássia Leme de Paula Godoy, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4235/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4235/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor Jovino Alves de Godoy "Sapé", formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4236/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4236/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor Francisco Eleonadas Rodrigues, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4243/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4243/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Renato de Souza Pinto, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4248/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4248/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Waldomiro Dematte de Almeida, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4249/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4249/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Aurora Ap. Dematte Moreira, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4296/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4296/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora Maria Benedita Aparecida Ramalho Cozaro, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4312/arq.pdf</t>
+    <t>'BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4312/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Vera Lucia Ferraz, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
-    <t>JUSSARA, BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, MAICON</t>
+    <t>JUSSARA, 'BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Benedicta Zélia Peternella Vaz, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4343/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4343/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor Ermindo Rodrigues Ferreira, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4354/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4354/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente envie a esta Casa Legislativa a seguinte informação:_x000D_
 _x000D_
 - Informar se existe autorização da Prefeitura para realização de serviços em espaços particulares; se o motorista que se encontra fazendo uso da máquina (trator) e a manutenção da placa do posto de gasolina é funcionário desta municipalidade, se o motorista está habilitado para conduzir a máquina, se as normas de segurança estão sendo seguidas pelo mesmo no ato em questão. Conforme foto anexa:</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4386/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4386/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor Antônio Vieira, formulando voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4424/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4424/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor José Benedito Aparecido Dematê - Zezo, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4425/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4425/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, para que seja oficiado à família do Senhor José Januário Pereira, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4426/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4426/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, para que seja oficiado à família do senhor José Laureano do Carmo - Zé Mendonça, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4198/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4198/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de fazer a dedetização da cidade, em todos os bairros de nossa município</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4199/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4199/arq.pdf</t>
   </si>
   <si>
     <t>Indiciamento ao Prefeito Municipal que estuda a possibilidade de construir um poço artesiano na Praça Dr Getulio Vargas, no centro de nossa cidade</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4200/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4200/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de colocar tartarugas de sinalização na Praça Dr Getulio Vargas, em frente ao banheiro publico</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4202/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4202/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie de maneira urgente a limpeza das calçadas e sarjetas nas Rua de nosso Município.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4203/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4203/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a volta do “Forró da Praça” em nosso Município.</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4204/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4204/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal para que junto com a Diretoria competente providencie à pintura de cor diferenciada da sinalização horizontal dos pontos de táxi, em nosso município.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4209/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4209/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que promova a poda da vegetação existente nas margens da A. Ângelo Antônio Mérola em nosso Municipio</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4210/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4210/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie junto a diretoria competente a recomposição da sinalização horizontal do tipo de gato (Tartaruga) localizadas na Avenida Dr. Ângelo Antônio Mérola em nosso município.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4211/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4211/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de ampliar a patrulha rural dedicada à segurança e vigilância nas imediações das propriedades agrícolas localizadas na Avenida Dr. Ângelo Antônio Mérola em nosso município.</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4214/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4214/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Sr. Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a manutenção da bica de água, ao lado do prédio da prefeitura aumentando a altura da torneira, em nosso município.</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4215/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4215/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção do bebedouro de água da UBS do centro, que encontra-se quebrada.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4216/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4216/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie a instalação de uma lombada na Rua Major Joaquim de Souza, em nosso município.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4225/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4225/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição das lombadas por lombofaixa em frente a EMEF Prof. Iracema de Souza Freitas em nosso município.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4226/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4226/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza das áreas comuns do Cemitério Municipal, bem como providenciar os reparos necessários no espaço físico do mesmo.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4219/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4219/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo com urgência no trecho final da Avenida Governador Mario Covas Junior até os limites de nosso município.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4220/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4220/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e limpeza dos bueiros, localizados na Rua João Toledo, em frente ao número 102, em nosso Município.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4221/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4221/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie limpeza e desentupimento do bueiro, na Rua José Ferreira de Toledo, em frente ao número 48, em nosso município.</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4222/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4222/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição da luminária "Apagada" na Rua Sebastiana Franco, em frente ao número 135, ao lado do Barracão da Fonte Lindoia Verão, em nosso município.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4223/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4223/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Sr. Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a limpeza, manutenção e instalação de tampa na caçamba de lixo, que se encontra ao lado da Granja no Bairro Tijuco Preto, na Avenida Governador Mario Covas Junior em nosso município.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4224/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4224/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar a limpeza das margens da Avenida Ângelo Antônio Mérola, em nosso Município.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4231/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4231/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente viabilizem a pulverização de inseticida com carro fumacê nas ruas de nosso município.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4232/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4232/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza e manutenção do bueiro, na Rua Lada Guedes, no Bairro Jardim Itamarati, em nosso Município.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4233/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4233/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie a manutenção e limpeza do buraco existente na calçada, localizada na Rua João Toledo, próximo ao número 161, em nosso Município. Conforme fotos anexas.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4234/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4234/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição da luminária “Apagada” na Rua João Mariano dos Santos, próximo ao número 160, Jardim da Laje, em nosso Município.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4237/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4237/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar a limpeza de vegetação na Rua Euphosino Paes, Bairro da Olaria, em nosso município.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4238/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4238/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e limpeza do bueiro, localizado na Avenida Benedito Severino, em frente ao número 480, Jardim Itamarati, em nosso município.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4239/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4239/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a poda dos galhos de árvore na Rua Lada Guedes, em frente a Fonte Mantovani, em nosso Município. Seguem fotos abaixo para mostrar o problema:</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4240/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4240/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo com urgência da massa asfáltica na Rua Romeu Barbosa, Bairro da Laje, em nosso município.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4244/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4244/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a melhoria da iluminação no Campo Society, substituindo as lâmpadas existentes por “LED”.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4245/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4245/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a manutenção do gramado do Campo Society, em nosso Município.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4246/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4246/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a troca das telas de proteção da parte superior e lateral superior do Campo Society, em nosso Município.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4247/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4247/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a construção de quadras de areia para prática de esportes como vôlei de praia, futevôlei e beach tennis, em nosso Município.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4250/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4250/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a presença do Conselho Tutelar em eventos realizados pela Prefeitura, visando garantir a proteção e segurança de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4251/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4251/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente estude a possibilidade de realizar a limpeza e manutenção da ponte localizada na no entorno do Grande Lago, em frete a sub-estação de tratamento de esgoto do Barreiro, em nosso Município.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4254/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4254/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da massa asfáltica nas vias do entorno do Grande Lado, em nosso Município, fotos anexas:</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4252/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4252/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente estude a possibilidade de realizar a limpeza das margens do Grande Lago, em nosso Município, fotos anexas:</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4255/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4255/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, que em conjunto com a Diretoria competente, estude a possibilidade de providenciar uma viatura leve para o Corpo de Bombeiros de nosso Município.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4253/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4253/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a extensão da rede elétrica no Bairro "Jardim da Laje" em nosso município.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4259/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4259/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de refazer os acessos de cadeirante nas vias públicas de nossa cidade.</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>EDNELSON, BERTO SANTOS, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4261/arq.pdf</t>
+    <t>EDNELSON, 'BERTO SANTOS, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4261/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que estude a possibilidade de realizar Eventos Gospel para atender a população e turistas de nosso município.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4268/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4268/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar um campeonato de bocha em nosso município.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4269/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4269/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar um campeonato de truco em nosso município.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4270/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4270/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar um Campeonato de Tênis em nosso município.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4267/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4267/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a construção de um ponto de ônibus na Rua Aquiles Mantovani, em nosso município, para os alunos que utilizam o transporte escolar.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4272/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4272/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a construção de uma quadra de areia para prática de beach tennis, em nosso município.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4273/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4273/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da Quadra de Tênis, localizada no complexo Vertedouro do Grande Lago, em nosso município.</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4271/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4271/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a instalação de rede de esgoto em toda extensão de nosso município.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4276/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4276/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie a instalação de lombofaixas na Praça Doutor Getúlio Vargas na altura do número 143, em frente da unidade de saúde PSF, em nosso município.</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4280/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4280/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a construção de um Campo de Futebol, no Bairro Parque Aquático ou Bairro Índio de Ouro, em nosso município.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4281/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4281/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que tome as providências necessárias para que seja realizada a instalação de mais um reservatório de água de 100 mil litros, no "Bairro Índio de Ouro", bem como seja reformado o reservatório de 50 mil litros existentes e levado para o Bairro Parque Aquático, neste município a fim de suprir as necessidades dos moradores de referida localidade.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4282/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4282/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estuda a possibilidade da troca parcial da iluminação de duas torres do Campo Municipal em nossa cidade.</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
     <t>EDNELSON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4283/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4283/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie manutenção da iluminação pública na Rua Benedito Dematte, em nosso Município.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4285/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4285/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de que a prefeitura forneça projeto de planta baixa para construções de casas de baixo custo em nosso município.</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4286/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4286/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade da criação de um polo industrial em nosso município.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4287/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4287/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de isentar aposentados que recebem um salário mínimo de pagamento do IPTU em nosso município.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4288/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4288/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar a reforma e ampliação do Terminal Rodoviário “Ézio Coli”, em nosso município, a fim de proporcionar um ambiente mais seguro, confortável e adequado aos munícipes que utilizam o referido terminal.</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
-    <t>'JULIANO, BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4293/arq.pdf</t>
+    <t>JULIANO, 'BERTO SANTOS, Bruno Tardelli, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4293/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que providencie junto a diretoria competente a construção de calçadas ao longo da Rua José de Freitas em nosso município.</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4294/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4294/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de realizar a canalização do esgoto atualmente despejado no Rio do Peixe, próximo ao Corpo de Bombeiros, para um local abaixo da atual captação de água, em nosso município.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4295/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4295/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que promova a poda da vegetação existente nas margens da Rua José de Freitas em nosso município.</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4306/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4306/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção da iluminação mo entorno do Grande Lago em nosso município.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4307/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4307/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a volta do "Forró da Praça" em nosso município.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4308/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4308/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a volta da "Festa Italiana" realizada em nosso município.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de trocar a cesta básica dos servidores por vale alimentação.</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4310/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4310/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar a distribuição gratuita de repelentes do mosquito Aedes Aegypti, na rede municipal de saúde, em nosso Município.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4311/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4311/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza das áreas comuns do Cemitério Municipal, em nosso Município.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4314/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4314/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria de Obras, estude a possibilidade da construção de um Espaço PET, tipo (Agility), conforme foto anexa, em nosso Município.</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4315/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4315/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, estude a possibilidade de realizar a instalação de uma Academia ao ar livre nos Bairros Jardim Parque Aquático e Jardim da Laje em nosso Município.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4316/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4316/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, providencie a intensificação do Serviço de Zeladoria Urbana em todos os Bairros, com varredores de rua, manutenção de praças e jardins, poda de árvores e capinagem de terrenos em nosso Município.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4317/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4317/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, providencie a ampliação e padronização da sinalização urbana – (placas com o símbolo da cidade “gota d’agua”).</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4318/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4318/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, providencie a implantação do PROGRAMA MÉDICO NA ESCOLA em nosso Município.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4319/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4319/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar a reforma e manutenção da passarela “Laércio Zamboim de Souza” Localizada próxima ao Corpo de Bombeiros em nosso município.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4320/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4320/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, providencie o recapeamento asfáltico na Avenida do Lago em nosso Município.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4321/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4321/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e reativação das bicas de água potável, no Grande Lago, Bairro São Benedito e em frente ao terminal Rodoviário em nosso município.</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4322/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4322/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a instalação de redutor de velocidade do tipo “Lombofaixa”, na Avenida 31 de Março, na altura do supermercado Orru, em nosso município</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4323/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4323/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e limpeza dos quiosques do Grande Lago em nosso município.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4324/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4324/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar shows mensais com artistas locais na Praça das Águas em nosso Município.</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4326/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4326/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a liberação do Wi-fi gratuito na Praça das Águas, em nosso município.</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4327/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4327/arq.pdf</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4328/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4328/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a colocação de guardas municipais nos cruzamentos que dão acesso as escolas municipais de nossa cidade, nos horários de entrada e saídas destas.</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>João Paulo Vieira Trevisan, BERTO SANTOS, Bruno Tardelli, EDNELSON, 'JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4333/arq.pdf</t>
+    <t>João Paulo Vieira Trevisan, 'BERTO SANTOS, Bruno Tardelli, EDNELSON, JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4333/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a volta da "Festa Nações" realizada em nosso município.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4334/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4334/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de voltar a disponibilizar as aulas Karatê gratuito em nosso município.</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4332/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4332/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que estude a possibilidade de realizar a "Semana Espírita" para atender a população e turistas de nosso município.</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4335/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4335/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a manutenção, limpeza e instalação da placa com o nome que recebeu, na bica de água, ao lado da Prefeitura Municipal – Bica José Munhoz. Fotos anexas:</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4336/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4336/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente estude a possibilidade de realizar a manutenção da Placa existente no Laguinho com o nome Flávio Ramalho Franco, em nosso Município. (fotos anexas)</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>MAICON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4337/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4337/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, estude a possibilidade de padronizar as lixeiras de nosso município – (lixeiras em formato de garrafa de água), foto anexa.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4338/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4338/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de construção de uma Fonte Luminosa no Laguinho, em nosso município.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4340/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4340/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de construção de um Mirante no alto da "Trilha do Barnabé", em nosso município.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4342/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4342/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de construção de um Teleférico ligando o Laguinho ao Cristo, em nosso município.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4339/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4339/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de adquirir uma Ambulância adaptada para o transporte de pessoas portadoras de necessidades especiais, nesse município.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4341/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4341/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de adquirir uma van adaptada para o transporte de pessoas portadoras de necessidades especiais neste município.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4344/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4344/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que junto a diretoria competente estude a possibilidade que em parceria com a empresa Lindoya Verão de construir uma fonte de água potável nas imediações da Av. Benedito Severino, em nosso município.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4345/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4345/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de instalar um redutor de velocidade na Avenida 31 de Março na altura do numerário 1495, próximo a entrada do Engenho Cavalo de Tróia em nosso município.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4346/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4346/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de adquirir um novo trator agrícola para este município, visando atender às necessidades dos agricultores locais e melhorar a produtividade agrícola.</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4347/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4347/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que providencie a construção de uma fonte de água mineral aberta para a população no laguinho próximo ao Recinto de Exposições e Lazer Antônio de Toledo, em nosso município.</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4348/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4348/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal em conjunto com a diretoria competente, providencie a substituição das luminárias queimadas que não estão funcionando em nosso município.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4356/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4356/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que seja realizada a aquisição de uma nova área para a construção de NOVO ALMOXARIFADO e NOVA GARAGEM MUNICIPAL.</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4358/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4358/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de viabilizar a instalação de mais bancos com encosto traseiro para descanso na Praça Getúlio Vargas em nosso Município.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4359/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4359/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar “Baile da Melhor Idade”, em nosso Município.</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4360/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4360/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da massa asfáltica na Rua José Magro, em nosso Município.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4361/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4361/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade providenciar a instalação de caçambas de lixo no Conjunto Habitacional Ernesto Tardelli em nosso Munícipio.</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4363/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4363/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar o plantio de árvores frutíferas as margens do Rio, no trecho entre as pontes.</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4364/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4364/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de aumentar o número de atendimentos médicos pediátricos nas unidades básicas de saúde em nosso município.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4368/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4368/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de construir de um Centro de Atendimento ao Autista em nosso município</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4366/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4366/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombofaixas nas Ruas Coronel Estevam Franco, José de Freitas e Major Joaquim de Souza em nosso município.</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4367/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4367/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de trocar a cesta básica dos servidores por vale alimentação.</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4370/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4370/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que que estude a possibilidade de adquirir um novo caminhão de coleta de lixo para este município, visando atender às necessidades crescentes de coleta de resíduos na área central e nos bairros da cidade.</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4371/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4371/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção das camas hospitalares do Pronto Atendimento “Dra. Doralice Catarina de Toledo Calazans” em nosso município.</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4372/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4372/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a diretoria competente providencie à instalação de placa de identificação com o nome da rua São Luís, a rua sem saída que se inicia na Avenida do Contorno próximo à Estação de tratamento de Esgoto de Águas de Lindoia, em nosso município.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4373/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4373/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que estude a possibilidade de viabilizar a cobertura e fechamento lateral da área externa ao do prédio do Corpo de Bombeiros, onde fica estacionado um dos o veículos da Corporação, conforme foto anexa.</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4380/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4380/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a manutenção - (retirada/substituição) dos postes que se encontram quebrados, da SP-360 Rodovia Engenheiro Geraldo Mantovani, logo acima da Igreja de São Benedito, conforme fotos anexas.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4381/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4381/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção, reforma e limpeza da Quadra Poliesportiva Jose Fortunato de Godoy no bairro Jardim Itamaraty em nosso município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4382/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4382/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza das calçadas e poda de árvores na Rua Luiz Moreira em nosso município. Fotos anexas:</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a volta do “Cinema ao Ar Livre”, que antes era exibido na praça Getúlio Vargas, em nosso Município.</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4384/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4384/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção da ciclovia no entorno do Grande Lago em nosso município.</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4385/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4385/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que junto a diretoria competente estude a possibilidade de reformar o Canil Municipal</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4389/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4389/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de ampliar a patrulha rural dedicada à segurança e vigilância nas imediações das propriedades agrícolas localizadas na Avenida Dr. Ângelo Mérola em nosso município.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4388/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4388/arq.pdf</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4387/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4387/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a cobertura da arquibancada do Estádio Municipal Pedro Tortelli em nosso município.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4390/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4390/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a criação de cargos emergenciais de brigadistas com a contratação temporária de profissionais para atuarem na prevenção, monitoramento e combate aos incêndios florestais, entre os meses de junho a outubro.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4392/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4392/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Presidente da Câmara Municipal para que providencie a pintura e sinalização da vaga exclusiva para idosos e deficientes, no estacionamento da Câmara.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4391/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4391/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e pintura das sinalizações (de solo) de trânsito nas ruas de nosso Município.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4393/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4393/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. o Prefeito Municipal para que em conjunto com a diretoria competente providencie o serviço de zeladoria urbana em todos os bairros, com varredores de rua, manutenção de praças e jardins, poda de árvores, capinagem de terrenos em nosso município</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4394/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4394/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a criação de um programa de entrega domiciliar gratuita de medicamentos para usuários do SUS – Sistema Único de Saúde, em nosso município.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4395/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4395/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a contratação de um médico cardiologista para melhor atender casos clínicos que dependem dessa especialidade médica, em nosso município.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4396/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4396/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie a instalação de lombofaixas na Praça Doutor Getúlio em frente a unidade de saúde PSF1 e outra em frente a EMEF Prof. Iracema de Souza Freitas em nosso município.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4397/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4397/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie de maneira urgente a limpeza e manutenção das calçadas e sarjetas nas Rua de nosso Município.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4398/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4398/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição das luminárias que se encontram “Apagadas” nas Ruas de nosso município.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4400/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4400/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade, tipo lombo Faixa no cruzamento da Rua Major Joaquim de Souza com a Rua Coronel Estavam Franco, em nosso município.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4401/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4401/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade, tipo lombada na Rua Achiles Mantovani, na altura do numerário 216, em nosso município</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4405/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4405/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de viabilizar a pavimentação da "Av Joaquim Domingues" em nosso município.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4408/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4408/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente realize a instalação de um parquinho infantil na Rua Lourenço Lorençoni, em nosso município.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4409/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4409/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade, tipo lombada na Rua Lourenço Lorençoni, na altura do numerário 471, em nosso município.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4410/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4410/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade, tipo lombada na Rua José Gigli, na altura do numerário 528, em nosso município.</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4411/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4411/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente realize a instalação de uma academia ao ar livre na Rua Lourenço Lorençoni, em nosso município.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4412/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4412/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e reativação da bica de água potável, no bairro do Conisca em nosso município.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4413/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4413/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, estude a possibilidade de realizar a manutenção da Pista de Skate, que se localiza na Avenida do Lago em nosso Município.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4414/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4414/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a Diretoria competente, providencie o recapeamento asfáltico na Rua Benedito Alves, no Jardim da Laje em nosso Município.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4415/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4415/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da Quadra de Areia, localizada no Complexo Vertedouro do Grande Lago, em nosso município.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4416/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4416/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de reparo no portão de entrada, bem como a construção de um novo portão de acesso à garagem do Conjunto Habitacional Ernesto Tardelli.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4417/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4417/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie manutenção da lixeira que se encontra quebrada na Avenida 31 de Março, esquina com a Rua Coronel José Roque de Moraes, próximo ao numerário 17, em nosso município.</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4427/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4427/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, para que em conjunto com a diretoria competente, estude a possibilidade de adquirir um gerador de 50 a 75 KVA, para ser instalado na Estação de Tratamento de Água - ETA em nosso município.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4428/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4428/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, para que em conjunto com a Diretoria competente, finalize a nova ETA - Estação de Tratamento de Água que já se encontra em processo de construção em nosso município.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4430/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4430/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que junto a diretoria competente estuda a possibilidade de aquisição de duas ambulâncias e de dois motoristas para o Pronto Atendimento de nosso município.</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4435/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4435/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito municipal para que em conjunto com a diretoria competente providencie a manutenção e reativação da bica de água potável, da Igreja São Benedito em nosso município.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4434/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4434/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal par que em conjunto com a diretoria competente estude a possibilidade de realizar a construção de novas casas populares em nosso município.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4432/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4432/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar uma nova avaliação do trânsito para que a Rua Pedro Kachan, volte a ser uma via de mão dupla.</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4433/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4433/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção da placa de informação Wi-Fi grátis na Praça das Águas em nosso município.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4431/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4431/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a liberação do Wi-Fi gratuito na Praça Getúlio Vargas, em nosso município.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4442/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4442/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que, por meio dos setores competentes, providencie a retirada dos tocos remanescentes das árvores e o plantio de novas mudas na Rua Serafim Colli, localizada no centro de nosso município.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4441/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4441/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de criar e implementar o Programa Botão Guardião em nosso município, desenvolvendo a estrutura necessária para seu funcionamento e disponibilização aos comerciantes locais.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4449/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4449/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a volta da Fanfarra em nosso Município.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4448/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4448/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de disponibilizar uma van para transportar os pacientes até as UBS em nosso município.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4450/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4450/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de implantar o Plano Estatual Integrado para Pessoas com Transtorno do Espectro do Autismo - PEIPTEA em nosso município.</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4451/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4451/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de proporcionar a instalação de câmeras de segurança e monitoramento nas escolas de nosso Município.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4452/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4452/arq.pdf</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4453/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4453/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a contratação de mais um médico para os atendimentos no PA, em nosso município.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4454/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4454/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de construir uma nova escola no terreno disponível atrás da Escola Professora Iracema de Souza Freitas em nosso Município.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4459/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4459/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal por meio do setor competente, a necessidade de realizar os reparos na academia ao ar livre localizada em frente ao recinto de exposições e Lazer Antônio de Toledo.</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4469/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4469/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a cobertura do estacionamento localizado no Conjunto Habitacional São Judas Tadeu, em nosso município.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4470/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4470/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de conceder um aumento salarial aos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4471/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4471/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar uma festa de réveillon de rua em nosso Município.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4472/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4472/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a cobertura do estacionamento localizado no Conjunto Habitacional Ernesto Tardeli, em nosso município.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4478/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4478/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente providencie a limpeza, manutenção e o cascalhamento da Rua São Luiz, em nosso Município. Fotos anexas:</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4274/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4274/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor João Pedro Marques Irente, pela recente inauguração da Big Smoke – Tabacaria e Lounge</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4278/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4278/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear os Senhores Edimar Gonçalves Branco e Fernando Rodrigues Alves, pela recente inauguração das novas instalações do Auto Center Trilha do Som, e notável contribuição ao desenvolvimento de nossa comunidade."</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4279/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4279/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor Diogo da Cruz, pelos notáveis serviços prestados à comunidade lindoiana no campo da cultura, destacando sua liderança e contribuição significativa para o desenvolvimento e promoção das artes em nosso município."</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4289/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4289/arq.pdf</t>
   </si>
   <si>
     <t>O vereador Juliano Joaquim Granconato de Souza e outros no uso de suas atribuições legais e regimentais requer à mesa diretora envio de moção de apoio ao congresso nacional em razão do movimento ofensivo ao conselho federal de medicina - CFM, iniciado com a publicação da resolução CFM N°2.378/2024, que seja desagravado e referido conselho, e mantido em suas atribuições próprias.</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4290/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4290/arq.pdf</t>
   </si>
   <si>
     <t>O vereador José Humberto Pietrafesa dos Santos e outros no uso de suas atribuições legais e regimentais propõem ao legislativo municipal, moção de aplausos em homenagem a empresária Paloma Aparecida Natalina Orru e André Benati, nos seguintes termos:_x000D_
 "O poder legislativo de Lindóia tem a honra de homenagear a Sra. Paloma Aparecida Natalina Orru e o Sr. André Benati, pela recente ampliação de Mercado San Luca"</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4298/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4298/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear os empresários Marcelo Luis Aparecido de Souza e Everton Aparecido de Souza Leme, pela inauguração das novas instalações da Barbearia Los Brothers em nosso município</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4299/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4299/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os responsáveis da Empresa Genuína Lindoya pela relevante contribuição prestada as vítimas da tragédia do Rio Grande do Sul”.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4300/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4300/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os responsáveis da Empresa Bioleve pela relevante contribuição prestada as vítimas da tragédia do Rio Grande do Sul”.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4302/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4302/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os responsáveis da Empresa Tendenza Di Moda pela relevante contribuição prestada as vítimas da tragédia do Rio Grande do Sul”.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4301/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4301/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os responsáveis da Empresa Lindoya Verão pela relevante contribuição prestada as vítimas da tragédia do Rio Grande do Sul”.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4303/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4303/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor FÁBIO DESTEFANO ZAMBOIM DE MORAIS e seus filhos ANTÓNIO FÁBIO ZAMBOIM DE MORAIS E MARIO AUGUSTO ZAMBOIM DE MORAIS, pelo destaque concedido a nosso município através da participação do Boi Meia Noite em gravações internacionais, conquistando fãs na Turquia e Estados Unidos”.</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4305/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4305/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o grupo de voluntários lindoianos por seu notável esforço em auxiliar as vítimas da tragédia ocorrida no Rio Grande do Sul."</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4349/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4349/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder legislativo de Lindoia tem a honra de homenagear à Senhora Elisabeth de Souza Bernardi pela sua trajetória de vida e suas relevantes contribuições para a elaboração do livro "Lindoia - História e Memórias"</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4350/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4350/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear a Fabiana Pereira Fiori e família pela inauguração da D'Fiori Cafeteria e Doceria."</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4375/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4375/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o empresário José Carlos Zanqueta de Souza e família, pelos mais de 13 anos da JC Elétrica e Hidráulica Materiais para construção em nossa cidade."</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear a Senhora Magali Catarina Zambolim Gili pelos relevantes serviços prestados à nossa comunidade."</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4378/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4378/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Senhora Mirian Perciani Medeiros, por seu trabalho prestado há mais de 25 anos na área da saúde em nosso Município."</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4420/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4420/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear à Ilustre Professora Luciana de Godoy Souza, da Escola Iracema de Souza Freitas, pelo exemplar trabalho desenvolvido junto aos alunos que participaram da XXVI Olimpíada Brasileira de Astronomia e Astronáutica - OBA</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4421/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4421/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor José Pedro Silva de Godoi, pela recente participação na Copa do Mundo de Futebol Maracanã, realizada em Abidjã, Costa do Marfim.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4422/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4422/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Antônio Henrique Corsi, pela participação na comissão técnica da seleção brasileira, na Copa do Mundo de Futebol Maracanã, realizada em Abidjã, Costa do Marfim.</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4444/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4444/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o atleta Matheus Tortelli Vizinoni por sua brilhante conquista da medalha de ouro no Campeonato Paulista de Judô, categoria sub-11 meio médio."</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4445/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4445/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Professor Geraldo Oscar Birbrier, o "Argentino", pela sua dedicação ao judô e pelo impacto positivo que seu trabalho tem exercido sobre os jovens atletas de nossa cidade."</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>OUT</t>
   </si>
   <si>
     <t>Outras matérias</t>
   </si>
   <si>
     <t>Eleição da Presidência da Câmara</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
     <t>Eleição de Membros da Mesa Diretora_x000D_
 Primeiro Secretário</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4402/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4402/arq.pdf</t>
   </si>
   <si>
     <t>Pedido de uso do Plenário da Câmara Municipal de Lindoia na data de 11 de setembro de 2024 para palestra "Operação Corta-Fogo"</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4455/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4455/arq.pdf</t>
   </si>
   <si>
     <t>Encaminha Leis_x000D_
 Pelo presente encaminhamos para os arquivos desta colenda casa de leis, as seguintes Leis. 1.765 Lei. 1.766 Lei. 1.767.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4468/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4468/arq.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto ao Projeto de Lei do Legislativo nº 58/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3606,67 +3606,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4186/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4187/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4188/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4189/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4190/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4191/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4192/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4193/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4194/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4195/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4201/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4213/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4212/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4227/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4228/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4229/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4230/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4241/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4257/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4258/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4260/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4262/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4264/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4266/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4275/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4277/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4284/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4291/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4292/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4325/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4329/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4330/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4331/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4355/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4351/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4352/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4353/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4357/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4362/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4365/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4369/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4379/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4399/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4403/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4404/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4406/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4407/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4418/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4429/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4436/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4437/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4438/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4439/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4440/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4456/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4457/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4458/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4463/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4464/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4466/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4473/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4474/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4475/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4208/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4242/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4265/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4377/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4376/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4423/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4446/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4447/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4461/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4462/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4465/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4467/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4476/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4477/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4304/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4419/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4443/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4256/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4460/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4297/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4205/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4206/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4207/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4217/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4218/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4235/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4236/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4243/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4248/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4249/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4296/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4312/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4343/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4354/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4386/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4424/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4425/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4426/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4198/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4199/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4200/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4202/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4203/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4204/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4209/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4210/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4211/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4214/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4215/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4216/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4225/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4226/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4219/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4220/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4221/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4222/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4223/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4224/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4231/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4232/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4233/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4234/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4237/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4238/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4239/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4240/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4244/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4245/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4246/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4247/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4250/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4251/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4254/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4252/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4255/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4253/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4259/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4261/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4268/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4269/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4270/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4267/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4272/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4273/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4271/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4276/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4280/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4281/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4282/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4283/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4285/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4286/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4287/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4288/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4293/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4294/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4295/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4306/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4307/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4308/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4310/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4311/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4314/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4315/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4316/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4317/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4318/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4319/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4320/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4321/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4322/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4323/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4324/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4326/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4327/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4328/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4333/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4334/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4332/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4335/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4336/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4337/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4338/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4340/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4342/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4339/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4341/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4344/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4345/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4346/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4347/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4348/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4356/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4358/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4359/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4360/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4361/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4363/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4364/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4368/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4366/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4367/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4370/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4371/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4372/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4373/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4380/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4381/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4382/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4384/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4385/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4389/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4388/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4387/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4390/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4392/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4391/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4393/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4394/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4395/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4396/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4397/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4398/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4400/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4401/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4405/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4408/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4409/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4410/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4411/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4412/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4413/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4414/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4415/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4416/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4417/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4427/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4428/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4430/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4435/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4434/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4432/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4433/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4431/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4442/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4441/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4449/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4448/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4450/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4451/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4452/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4453/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4454/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4459/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4469/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4470/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4471/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4472/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4478/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4274/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4278/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4279/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4289/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4290/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4298/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4299/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4300/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4302/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4301/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4303/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4305/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4349/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4350/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4375/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4378/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4420/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4421/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4422/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4444/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4445/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4402/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4455/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4468/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4186/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4187/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4188/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4189/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4190/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4191/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4192/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4193/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4194/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4195/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4201/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4213/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4212/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4227/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4228/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4229/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4230/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4241/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4257/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4258/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4260/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4262/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4264/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4266/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4275/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4277/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4284/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4291/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4292/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4325/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4329/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4330/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4331/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4355/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4351/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4352/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4353/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4357/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4362/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4365/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4369/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4379/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4399/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4403/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4404/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4406/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4407/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4418/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4429/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4436/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4437/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4438/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4439/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4440/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4456/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4457/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4458/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4463/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4464/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4466/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4473/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4474/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4475/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4208/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4242/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4265/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4377/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4376/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4423/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4446/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4447/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4461/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4462/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4465/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4467/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4476/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4477/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4304/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4419/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4443/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4256/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4460/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4297/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4205/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4206/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4207/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4217/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4218/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4235/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4236/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4243/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4248/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4249/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4296/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4312/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4343/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4354/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4386/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4424/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4425/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4426/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4198/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4199/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4200/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4202/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4203/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4204/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4209/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4210/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4211/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4214/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4215/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4216/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4225/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4226/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4219/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4220/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4221/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4222/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4223/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4224/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4231/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4232/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4233/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4234/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4237/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4238/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4239/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4240/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4244/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4245/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4246/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4247/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4250/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4251/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4254/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4252/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4255/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4253/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4259/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4261/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4268/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4269/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4270/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4267/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4272/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4273/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4271/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4276/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4280/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4281/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4282/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4283/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4285/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4286/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4287/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4288/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4293/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4294/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4295/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4306/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4307/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4308/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4310/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4311/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4314/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4315/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4316/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4317/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4318/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4319/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4320/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4321/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4322/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4323/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4324/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4326/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4327/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4328/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4333/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4334/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4332/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4335/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4336/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4337/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4338/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4340/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4342/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4339/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4341/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4344/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4345/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4346/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4347/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4348/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4356/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4358/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4359/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4360/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4361/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4363/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4364/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4368/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4366/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4367/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4370/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4371/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4372/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4373/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4380/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4381/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4382/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4384/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4385/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4389/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4388/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4387/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4390/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4392/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4391/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4393/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4394/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4395/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4396/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4397/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4398/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4400/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4401/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4405/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4408/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4409/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4410/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4411/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4412/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4413/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4414/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4415/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4416/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4417/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4427/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4428/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4430/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4435/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4434/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4432/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4433/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4431/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4442/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4441/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4449/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4448/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4450/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4451/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4452/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4453/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4454/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4459/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4469/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4470/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4471/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4472/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4478/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4274/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4278/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4279/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4289/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4290/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4298/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4299/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4300/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4302/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4301/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4303/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4305/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4349/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4350/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4375/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4378/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4420/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4421/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4422/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4444/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4445/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4402/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4455/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2024/4468/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H294"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="154.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="77.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="76.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>