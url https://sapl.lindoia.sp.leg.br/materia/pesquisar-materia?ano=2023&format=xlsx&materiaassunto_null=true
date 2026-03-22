--- v0 (2025-12-07)
+++ v1 (2026-03-22)
@@ -54,3674 +54,3674 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3844/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3844/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3845/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3845/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, para a realização de obras de infraestrutura urbana a partir de convênio celebrado com o Estado de São Paulo, e dá outras providências."</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3846/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3846/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, para realização de obras de equipamento social a partir de convênio celebrado com o Estado de São Paulo, e dá outras providências."</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3847/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3847/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, para realização de ações relativas ao esporte a partir de convênio celebrado com a União Federal, e dá outras providências."</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3848/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3848/arq.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 912 de 27 de janeiro de 2005, que Dispõe sobre a contratação de pessoal por tempo determinado e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3849/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3849/arq.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual dos subsídios dos agentes políticos do Município de Lindoia."</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3850/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3850/arq.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual de remuneração dos servidores públicos do Quadro de Pessoal da Câmara Municipal de Lindóia</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3854/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3854/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor mínimo do salário devido aos servidores públicos municipais da Estância Hidromineral de Lindóia</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3855/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3855/arq.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento dos agentes comunitários de saúde e dos agentes de combate às endemias, em conformidade com a Emenda Constitucional nº 120/2022 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3856/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3856/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, objetivando a execução de despesas com recursos vinculados do FUNDEB – Saldo Remanescente do Exercício de 2022 – Parceria Diferida e dá outras providências.</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3857/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3857/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3858/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3858/arq.pdf</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3859/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3859/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3860/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3860/arq.pdf</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3861/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3861/arq.pdf</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3862/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3862/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial e Suplementar na Lei Orçamentária do Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3863/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3863/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estancia Hidromineral de Lindóia aplicar o reajuste anual da remuneração dos profissionais da rede municipal de educação, em atenção à Lei Complementar Municipal de educação, em atenção à Lei Complementar Municipal nº 1.154, de 22 de setembro de 2009 e à Portaria nº 17, de 16 de janeiro de 2023, do Ministério da Educação, que homologou o Parecer nº 1/2023CGVAL/SEB/SEB, estabelecendo o índice de reajuste do piso salarial nacional dos profissionais do magistério público da educação básica pública para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3895/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3895/arq.pdf</t>
   </si>
   <si>
     <t>Dipõe sobre a autorização para o Poder Executivo da Estância Hidromineral de Lindoia abrir o Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3896/projeto_19.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3896/projeto_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano Municipal de Saneamento Básico e estabelece outras providências.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3898/arq.pdf</t>
+    <t>'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3898/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Galeria de Vice-Prefeitos da Estância Hidromineral de Lindoia e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3897/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3897/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Galeria de Vice-Presidentes da Câmara Municipal da Estância Hidromineral de Lindoia SP e dá outras providência correlatas."</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>'JULIANO</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3899/arq.pdf</t>
+    <t>JULIANO</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3899/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprios públicos que especifica</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3915/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3915/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir crédito adicional especial na Lei Orçamentária do Exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3916/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3916/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar convênio com o Estado de São Paulo, através da Secretarias da Segurança Pública, objetivado a mútua cooperação em atividades de segurança pública e da outras providências."</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3917/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3917/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Suplementar na Lei Orçamentária do exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>João Paulo Vieira Trevisan</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3904/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3904/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Programa Câmara Mirim no Município de Lindóia e estabelece outras providências.”</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3920/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3920/arq.pdf</t>
   </si>
   <si>
     <t>"Cria a função gratificada de Agente de Contratações, para atender a exigência da Lei n° 14.133 de 1° de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos e dá outras providências."</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3937/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3937/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos públicos que especifica e dá outras providências."</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>TATA, BERTO SANTOS, Carlos Alberto de Oliveira Machado, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3941/arq.pdf</t>
+    <t>TATA, 'BERTO SANTOS, Carlos Alberto de Oliveira Machado, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3941/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de próprios públicos que especifica."</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3970/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3970/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3977/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3977/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Municipio da Estância Hidromineral de Lindóia abrir crédito adicional especial na Lei Orçamentária do Exercicio de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4006/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4006/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei Complementar nº 1.326 que dispõe sobre o quadro de pessoal da Câmara Municipal de Lindóia e estabelece outras providências”.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4011/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4011/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4012/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4012/arq.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento dos agentes comunitários de saúde e dos agentes de combate às endemias, em conformidade com a Emenda Constitucional nª 120/2022 e estabelece outras providências</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4013/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4013/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor mínimo do salário devido aos servidores públicos municipais da Estância Hidromineral de Lindóia e dá outras providências</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4027/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4027/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da carga horária do cargo de Fiscal de Monitoramento e estabelece outras providências."</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4028/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4028/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza os órgãos da Administração Direta e Indireta do Município de Lindoia a viabilizar o recebimento de créditos tributários e não tributários através de cartão de débito e de crédito e estabelece outras providências."</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4029/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4029/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acréscimo do §7º ao artigo 1º da Lei Municipal nº 1.569, de 22 de setembro de 2021</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4031/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4031/arq.pdf</t>
   </si>
   <si>
     <t>Altera o §2º do artigo 15 da Lei nº 621, de 28 de dezembro de 1994, e estabelece outras providências.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4043/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4043/arq.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 4° da Lei Complementar n° 1.574/2021 e estabelece outras providências."</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4047/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4047/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação oficial de avenidas e ruas</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4050/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4050/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção do nome de vereadores em publicação de leis, nos casos que especifica.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4051/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4051/arq.pdf</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>MAICON, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4053/arq.pdf</t>
+    <t>MAICON, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4053/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a execução do Hino Oficial da Estância Hidromineral de Lindoia no início das sessões realizadas na Câmara da Estância Hidromineral de Lindoia, Estado de São Paulo e dá outras providências."</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4076/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4076/arq.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal - REFIS, no âmbito do Municipio da Estância Hidromineral de Lindóia e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4077/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4077/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercicio de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4078/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4078/arq.pdf</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4079/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4079/arq.pdf</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4080/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4080/arq.pdf</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4081/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4081/arq.pdf</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4082/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4082/arq.pdf</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4092/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4092/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercicio de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4093/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4093/arq.pdf</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4094/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4094/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária da Exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4095/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4095/arq.pdf</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4112/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4112/arq.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública da ASSOCIAÇÃO DESPORTIVA LINDOIA"</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4120/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4120/arq.pdf</t>
   </si>
   <si>
     <t>"Cria a Gratificação por Desempenho de Atividade Delegada nos termos que especifica, a ser paga aos Militares do estado que exercem atividade municipal delegada ao Estado de São Paulo, por força de Convênio a ser celebrado com o Município de Lindoia, e dá outras providências."</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4124/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4124/arq.pdf</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4134/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4134/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o procedimento de oferta de créditos líquidos e certos decorrentes de decisão judicial transitada em julgado, nos termos do disposto no § 11 do art. 100 da Constituição."</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4135/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4135/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal n° 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira, e dá outras providências."</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4136/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4136/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária  do Exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4138/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4138/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo da Lei Municipal nº 829/2003 e estabelece outras providências.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4139/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4139/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as atribuições do Agente de Combate às Endemias e estabelece outras providências</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4142/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4142/arq.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município da Estância Hidromineral de Lindoia para o exercício de 2024</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4156/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4156/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de Crédito Adicional Suplementar e dá outras providências</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4157/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4157/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4166/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4166/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4167/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4167/arq.pdf</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4168/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4168/arq.pdf</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4169/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4169/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4174/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4174/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4175/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4175/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar na Lei Orçamentária do Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4176/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4176/arq.pdf</t>
   </si>
   <si>
     <t>Ratifica, para efeito do disposto no art. 5º da Lei Federak nº 1.107, de 06 de abril de 2005 o Protocolo de Intenções do Consórcio Intermunicipal para o Ensino Integral - CIENTE</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4182/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4182/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio de Cooperação Técnica com Município de Águas de Lindoia  e com a Autarquia Municipal Saneamento Ambiental de Águas de Lindoia - SAAE, e dá outras providências.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4178/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4178/arq.pdf</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4179/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4179/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir de Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4183/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4183/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir de Crédito Adicional Especial na Lei Orçamentária do Exercício de 2023, e dá outras providências.”</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4185/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4185/arq.pdf</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>OFI-E</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4151/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4151/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 26 de 2023</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4121/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4121/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica Dispositivos da Lei Orgânica da Estância Hidromineral de Lindoia e especifica."</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>BERTO SANTOS</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3901/arq.pdf</t>
+    <t>'BERTO SANTOS</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3901/arq.pdf</t>
   </si>
   <si>
     <t>Concede titulo de cidadão honorário lindoiano ao senhor Antônio Henrique Corsi</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>EDNELSON, BERTO SANTOS, João Paulo Vieira Trevisan, 'JULIANO, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3938/arq.pdf</t>
+    <t>EDNELSON, 'BERTO SANTOS, João Paulo Vieira Trevisan, JULIANO, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3938/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano a senhora Andréia Ribeiro Beghini de Paiva - Salomé Lindóya."</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>BERTO SANTOS, 'JULIANO, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3956/arq.pdf</t>
+    <t>'BERTO SANTOS, JULIANO, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3956/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito Cel. Estevam franco de Godoy, ao Senhor Paulo José Ramalho."</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3957/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3957/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito Cel. Estevam Franco de Godoy, ao Senhor José Fernando Faria Demattei."</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3951/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3951/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário lindoiano ao Senhor José de Gouvêa</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4025/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4025/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Honorária Lindoiana a Senhora Valéria Muller Ramos Bolsonaro.”</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4032/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4032/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o Senhor Nelson Masao Outa Junior”</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4045/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4045/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito Cel. Estevam Franco de Godoy, ao Senhor José Carlos Zancheta de Souza"</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
     <t>EDNELSON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4099/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4099/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Luiz Antônio Gianotto.”</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4100/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4100/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor José Carlos Ferrari.”</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4109/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4109/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor João José Bulch Beghini.”</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>JUSSARA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4122/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4122/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Luiz Carlos Scarpioni Zambolim.”</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, MAICON, Rafael de Sousa Pinto, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4123/arq.pdf</t>
+    <t>'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON, Rafael de Sousa Pinto, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4123/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor OMAR GOLMIA"</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4126/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4126/arq.pdf</t>
   </si>
   <si>
     <t>"Aprova as contas do Executivo Municipal, referentes ao exercício de 2020."</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4128/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4128/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Ivo Tadeu Torteli.”</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4147/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4147/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Eduardo Marcial Zamboim.”</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4154/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4154/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Honorária Lindoiana a senhora Soraya Miranda Curi”</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4161/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4161/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor José Lupércio Cavenaghi.”</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4162/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4162/arq.pdf</t>
   </si>
   <si>
     <t>“Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy”, ao Senhor Marcelo Rocha de Oliveira – Marcelinho Rocha.”</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4172/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4172/arq.pdf</t>
   </si>
   <si>
     <t>Concede titulo de Cidadão Honorário Lindoiano ao Senhora José Antônio Barbosa da Silva</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4173/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4173/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido Medalha de Mérito "Cel Estevam Franco de Godoy", ao Senhor Hélio Cardoso Bernardi</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4177/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4177/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido Medalha de Mérito "Cel Estevam Franco de Godoy" ao Senhor José Victor Gusson Suman</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3919/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3919/arq.pdf</t>
   </si>
   <si>
     <t>"Regulamenta os procedimentos para realização de dispensas de licitação fundamentadas nos incisos I e II do artigo 75 da Lei Federal n° 14.133 de 1° de abril de 2021, no âmbito da Câmara Municipal de Lindoia - SP e dá outras providências."</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4155/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4155/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre transferência de bens patrimoniais da Câmara Municipal de Lindoia para a Prefeitura Municipal de Lindoia."</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3940/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3940/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivo que especifica no Projeto de Resolução n° 01/2023 e estabelece outras providências."</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4091/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4091/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Projeto de Lei nº 33/2023 que especifica</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4158/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4158/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Projeto de Lei nº 67/2023 que especifica</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4184/emenda_04-2023.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4184/emenda_04-2023.pdf</t>
   </si>
   <si>
     <t>“Modifica dispositivos do Projeto de Lei nº 75/2023 que especifica.”</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4133/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4133/arq.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de Justiça e Redação ao Projeto de lei n° 38/2023.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado, JUSSARA, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3864/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3864/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa a situação em que se encontra o caminha de lixo, Placa DEU9E18, deste município, que se encontra parado desde julho de 2022 em oficina mecânica, conforme fotos anexas.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3933/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3933/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor, Antônio Osmar dos Santos - "Toninho Urutagua" formulando um voto de "Profundo Pesar", pelo falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Carlos Alberto de Oliveira Machado, JUSSARA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3981/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3981/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do poder executivo para que forneça a esta Casa de Leis:_x000D_
 - Relação de todos os gastos com a realização do CARNAVAL 2023.</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3982/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3982/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do poder Executivo para que forneça a esta Casa de Leis:_x000D_
 - relação de todos os gastos com a realização do evento VOLKSWEEKEND.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3983/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3983/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
 - Relação de todos os gastos com a realização dos eventos em comemoração ao aniversário da cidade.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>JUSSARA, Carlos Alberto de Oliveira Machado, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3992/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3992/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações referente a UBS do conjunto habitacional Ernesto Tardelli:_x000D_
 - Por que a UBS ainda não esta em funcionamento?_x000D_
 - Por que os móveis destinados a UBS se encontram amontoados no prédio do agendamento?</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4021/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4021/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações referentes as viaturas da Guarda Municipal, bem como do veículo - Fiat Palio, placa FCJ1D93, utilizado pela Guarda:_x000D_
 - As viaturas que estão a disposição da Guarda Municipal realizam serviços administrativos?_x000D_
 - As viaturas estão sendo utilizadas para preservação da segurança na porta das escolas?_x000D_
 - Itinerário da viatura Fiat Palio, placa FCJ1D93, no período de 20 a 26/04/2023.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4014/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4014/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Julia Zineide Aparecida Bubola formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4015/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4015/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Adriano do Carmo, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4030/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4030/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiada à família da Senhora, NAIR VESCO DE GODOI MOREIRA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4044/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4044/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Lázaro Custódio da Silva, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4046/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4046/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Jovem Luiz Paulo Godoi Matos dos Santos, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4054/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4054/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Sergio Luiz Lazzarini, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4055/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4055/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, José Joaquim Franco, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4056/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4056/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Joaquim Fabiano de Godoi Coli, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4057/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4057/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Vicente Resende, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4058/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4058/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Maria Lucia Tortelli Faria formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4075/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4075/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
 Cópia do instrumento legal de concessão de uso da área do Cemitério Municipal, constando os deveres e obrigações da empresa para com a manutenção da área.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4083/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4083/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos nos termos regimentais, seja oficiado à família da Senhora Olivina Pereira Bueno, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>TATA, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4084/arq.pdf</t>
+    <t>TATA, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4084/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos nos termos regimentais, seja oficiado à família do Senhor Edivaldo Rodrigues da Silva, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4104/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4104/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as a situação em que se encontra o caminhão de lixo, Placa DEU-9E18, deste município, que se encontra parado desde julho de 2022 em oficina mecânica, fotos anexas.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4108/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4108/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que informe a esta Casa de Leis:_x000D_
 Quais providencias estão sendo tomadas em relação ao lixo e as queimadas que estão ocorrendo na área de descarte de matérias localizado nas proximidades da Estação de Tratamento de Esgoto e que vem prejudicando os moradores dos arredores.</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4111/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4111/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos nos termos regimentais, seja oficiado à família do Senhor Aurélio Gomes Falcani, formulando um voto de "Profundo Pesar", pelo seu falecimenro ocorrido recentemente.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4113/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4113/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos nos termos regimentais, seja oficiado à família do Senhor Mauro José de Souza, formulando um voto de "Profundo Pesar", pelo seu falecimenro ocorrido recentemente.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4125/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4125/arq.pdf</t>
   </si>
   <si>
     <t>Requerimento, à Mesa, nos temos regimentais, seja oficiado à família do Senhor José Agra Blanco, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>MAICON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4140/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4140/arq.pdf</t>
   </si>
   <si>
     <t>Em relação a Construção de uma nova captação de água por Águas de Lindoia, estendendo-se por 7 quilômetros desde o rio do Peixe até a represa do Cavalinho Branco. _x000D_
 •	Em Quais foram as medidas tomadas pela Prefeitura de Lindoia para avaliar o impacto e a relevância dessa obra para a população do município?_x000D_
 •	Foram realizadas análises técnicas ou estudos específicos para determinar a importância dessa obra para os munícipes de Lindoia?_x000D_
 •	Houve algum tipo de consulta pública, audiência ou participação da comunidade lindoiana na tomada de decisão em relação à execução dessa obra em Águas de Lindoia e passa pelo município de Lindoia?_x000D_
 •	Quais são os benefícios diretos ou indiretos que a população de Lindoia pode esperar com a conclusão dessa obra?</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4148/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4148/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, Isabel Custódio da Silva, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>JUSSARA, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4149/arq.pdf</t>
+    <t>JUSSARA, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4149/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor Jorge Pietrafesa, formulando um voto de Profundo pesar, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4150/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4150/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família da Senhora Abigail Godoi de Oliveira Machado, formulando um voto de Profundo pesar, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
-    <t>MAICON, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4159/arq.pdf</t>
+    <t>MAICON, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4159/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor Luis Fernando Ramalho Silvério, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4160/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4160/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor Luiz Carlos de Souza, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3851/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3851/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito Municipal para que em conjunto com a diretoria competente providencie a correção (nivelamento) das calçadas e realize o recapeamento asfáltico no cruzamento entre as Ruas Capitão Benjamin Domingues e Coronel Estevam Franco.</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3852/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3852/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a limpeza e reforma das lixeiras localizadas no Conjunto Habitacional Ernesto Tardelli em nosso Munícipio</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3853/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3853/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a limpeza e corte da grama nas áreas externas do Conjunto Habitacional Ernesto Tardelli em nosso Município</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3865/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3865/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal reiterando indicação apresentada anteriormente, que em conjunto com a diretoria competente providencie a pintura e manutenção do Pronto Atendimento "Dra. Doralice Catarina de Toledo Calazans" em nosso município.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3866/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3866/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo de uma boca de lobo ou bueiro na Rua Pau Brasil na frente do número 75.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3867/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3867/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombadas na Rua Aparecido Zamboim na altura do número 530, em nosso município.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3868/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3868/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição das luminárias apagadas na Rua Cel. Estavam Franco em frente ao número 865, Edifício Godoy, em nosso município. Seguem fotos abaixo para mostrar o problema.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3877/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3877/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de providenciar a melhoria da iluminação no entorno do Grande Lago, substituindo as lâmpadas existentes por LED.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3869/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3869/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a instalação de lixeiras maiores no Conjunto Habitacional Ernesto Tardelli em nosso município.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3870/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3870/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Sr. prefeito Municipal para que estude a possibilidade de viabilizar a cobertura e pavimento de concreto da área externa no prédio do agendamento onde ficam estacionados os veículos da saúde.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3871/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3871/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que providencie a instalação de placas de identificação nos respectivos setores: Vigilância Sanitária, Farmácia, Transporte da Saúde e Agendamento na Prédio da Saúde em nosso município.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3872/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3872/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da massa asfáltica na Rua Luís Gusson, em frente ao número n° 339, em nosso Município.</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3873/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3873/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição das luminárias apagadas na estrada do Bairro dos Costas, em nosso Município.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3874/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3874/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da massa asfáltica no cruzamento das Ruas Luís Gusson com mauro Demate, em nosso Município.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3875/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3875/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição das luminárias apagadas na Rua Benedito Severino, em frente ao número 560, ao lado da Fonte Mantovani, em nosso Município.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3876/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3876/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a melhoria na iluminação e substituição de lâmpadas queimadas, bem como demais melhorias que forem necessárias na passarela "Laercio Zamboim de Souza", em nosso município.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>João Paulo Vieira Trevisan, BERTO SANTOS, EDNELSON, 'JULIANO, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3878/arq.pdf</t>
+    <t>João Paulo Vieira Trevisan, 'BERTO SANTOS, EDNELSON, JULIANO, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3878/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que estude a possibilidade de subsidiar 100% das despesas de transporte de estudante de ensino técnico e superior em quaisquer dos períodos que estes estudem (matutino, vespertino, noturno e integral).</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3879/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3879/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que estude a possibilidade de encaminhar a esta Casa Legislativa um Projeto de Lei instituindo a adoção de "Curso de Treinamento em Primeiros Socorros" aos Profissionais da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3880/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3880/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que tome as providências necessárias para que seja realizada a troca dos reservatórios de água, no "Bairro Índio de Ouro", neste município a fim de suprir as necessidades dos moradores de referida localidade.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3889/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3889/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza das calçadas e poda de árvores em diversos Bairros de nosso Município, especialmente nos Bairros Índio de Ouro e Conjunto Habitacional São Judas Tadeu.</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3888/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3888/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito a instalação de fontes de água tipo bica na cabeceira do lago e em seu vertedouro</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3884/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3884/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que verifique junto ao setor competente, a possibilidade de construir um mirante no alto do morro do mosquito em nosso município</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3883/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3883/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que verifique junto ao setor competente, a possibilidade de construir um mirante no alto do morro do barnabé em nosso município.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3882/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3882/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a cobertura na arquibancada do estádio Municipal Pedro Tortelli em Lindoia.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3881/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3881/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie em regime de urgência a instalação de bicas água potável no Recinto de Exposição e Lazer "Antonio Toledo", em nosso Município</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3887/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3887/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombadas na Rua Jóse Roque de Moraes na altura do número 141, em nosso município.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3886/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3886/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombadas na Rua Jóse Roque de Moraes na altura do número 89, em nosso município.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3885/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3885/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria providencie a instalação de lombadas na Praça Doutor Getúlio Vargas na altura do número 143, em frente a unidade de saúde psf, em nosso município</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3890/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3890/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza e desentupimento do bueiro, na Rua José Ferreira de Toledo, em frente ao número 48, em nosso Município.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3891/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3891/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza da vegetação rasteira no entorno do poço artesiano existente ao lado do Paço Municipal, em nosso Município.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3892/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3892/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal e ao Executivo Municipal que coloquem em prática o Projeto de Jovem Aprendiz, em nosso município.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3902/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3902/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a construção de uma rotatória para a entrada do Bairro Jardim da Laje, em nosso município</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3903/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3903/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a construção de uma rotatória para a entrada do Bairro dos Costas, em nosso município</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3905/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3905/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente, reiterando solicitação já feita, providencie a substituição da faixa de pedestres por um redutor de velocidade tipo “lombofaixa" na Av. 31 de Março, no trevo em frente ao Corpo de Bombeiros em ambos os lados da pista em nosso município.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3906/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3906/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de repassar à Casa da Lavoura - Conselho de Agricultura o saldo de duodécimo devolvido pelo Poder legislativo no fim do Exercício de 2023</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3912/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3912/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de ampliar o desempenho de Atividade Delegada nos termos da Lei 1.617/2022 aos membros do Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3913/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3913/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que providencie junto ao setor competente a fixação das placas de aço do piso da passarela "Laércio Zamboim de Souza" em nosso Municipio.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3914/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3914/arq.pdf</t>
   </si>
   <si>
     <t>ndicamos ao Prefeito Municipal para que providencie junto ao setor competente, providencie a melhoria na iluminação e substituição de lâmpadas queimadas no terminal rodoviario municipal</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3918/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3918/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal pra que em conjunto com a diretoria competente providencie a instalação de pontos de iluminação na rua Guiomar Aparecido Wichiman Ramalho</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3922/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3922/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de bombear água tratada até o Bairro Jardim da Lage, em nosso município.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3923/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3923/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de reparo de iluminação em vários pontos da cidade, principalmente no Grande Lago.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3924/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3924/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de proporcionar a instalação de câmeras de segurança e monitoramento nas escolas de nosso Município.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3925/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3925/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de construir uma Fonte (Bica de Água) na Feira do Produtor, realizada semanalmente em nosso município.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3926/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3926/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de construir um banheiro público na Feira do Produtor, realizada semanalmente em nosso município.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3927/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3927/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente providencie a instalação de placa de identificação na Feira do Produtor, realizada semanalmente em nosso município.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3928/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3928/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de d realizar a instalação de redutores de velocidade do tipo lombada em toda extensão do Conjunto Habitacional Ernesto Tardelli, em nosso município.</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3929/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3929/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza das áreas comuns do Cemitério Municipal, bem como providenciar os reparos necessários no espaço físico do mesmo.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3930/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3930/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie a instalação de uma lombada na Rua Luiz Beghini, em nosso município.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3931/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3931/arq.pdf</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3932/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3932/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente que verifique a possibilidade de estar realizando a limpeza do terreno localizado na Rua 21 de Março, n° 237, onde se encontra a Torre de Telefone da Vivo, em nosso município.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3935/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3935/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente, providencie a instalação de placa de indicação, no cruzamento da Rua Benedito Severino com a Avenida Nossa Senhora das Brotas, em nosso município.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3936/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3936/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombada na Rua 21 de Março, na altura do número 251, em nosso município.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3939/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3939/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a poda de grama, bem como limpeza e manutenção das calçadas e ruas do Bairro São Judas Tadeu, em nosso Município.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3943/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3943/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e limpeza da vegetação em toda extensão da Rua São Luiz, localizada ao lado da subestação de tratamento de esgoto do Barreiro, em nosso Município. Conforme fotos anexas:</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3944/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3944/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie construção de um ponto de ônibus para os alunos que utilizam o transporte escolar na Rua São Luiz, localizada ao lado da subestação de tratamento de esgoto do Barreiro, em nosso Município</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3945/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3945/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a pavimentação da Rua São Luiz, localizada ao lado da subestação de tratamento de esgoto do Barreiro, em nosso Município, conforme fotos anexas:</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>'JULIANO, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3942/arq.pdf</t>
+    <t>JULIANO, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3942/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente providencie a ampliação da rede elétrica no bairro Tijuco Preto na rua Geraldo Formágio de Godoi em nosso município.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3946/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3946/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente providencie a ampliação da rede elétrica na rua Maria Pantaleão em nosso município.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3949/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3949/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar o recapeamento da Alameda Juquiá, estrada que da acesso ao condomínio Mirante do Lago em nosso municipio</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3950/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3950/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, para que estude a possibilidade de concessão de isenção de IPTU (Imposto Predial Territorial Urbano), no Município de Lindóia Estado de São Paulo, para aposentados, pensionistas e beneficiários do amparo social ao idoso e da renda mensal vitalicia.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3953/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3953/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a construção de uma pista de atletismo em nosso município.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3954/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3954/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a construção de um emissário de esgoto da cidade até o bairro Jardim da Laje</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3955/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3955/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que avalie a importância de construção de uma cobertura na Quadra de Esportes do Conjunto Habitacional Ernesto Tardelli.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3952/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3952/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie os reparos necessários nas luzes do parquinho localizado no Recinto de Exposição e Lazer "Antônio Toledo".</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3960/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3960/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie uma maior fiscalização do terreno onde são descartados os lixos e entulhos retirados das ruas em nosso Município.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3961/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3961/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal reiterando indicação apresentada anteriormente, que em conjunto com a diretoria competente providencie com mais agilidade quando solicitada manutenção da “Creche Vó Maria”, bem como contratação de auxiliar de serviços infantis e faxineira, em nosso município.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3962/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3962/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie com mais agilidade quando solicitada manutenção da “Creche Vovó Augusta”, bem como contratação de auxiliar de serviços infantis, faxineira, cozinheira, de forma urgente, em nosso município.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3963/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3963/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie com mais agilidade quando solicitada manutenção da “Creche Edward Bernardi”, bem como contratação de auxiliar de serviços infantis, faxineira, auxiliar de cozinha, de forma urgente, em nosso município.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3964/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3964/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a manutenção da “Creche Edward Bernardi”, no sentido de concretar o espaço que se encontra atualmente com grama. Conforme foto anexa:</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3958/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3958/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a alteração necessária, para que seja permitido estacionar em apenas um lado na Rua José Roque de Moraes, em nosso município.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3959/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3959/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, que em conjunto com a diretoria competente providencie com mais agilidade quando solicitada manutenção do "Clubinho", bem como contratação de professores adjuntos de forma urgente, em nosso município.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3967/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3967/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a alteração necessária, para que enquanto durarem as obras, seja permitido estacionar em apenas um lado na Rua Benedito Severino, ao lado da fonte Lindoia Verão.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3968/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3968/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que em conjunto com a Diretoria competente providencie à pintura de cor diferenciada da sinalização horizontal dos pontos de táxi, em nosso município.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3966/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3966/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a poda de grama, bem como limpeza e manutenção das calçadas da Rua Lourenço Lorenzoni, em nosso município.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3965/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3965/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da calçada na Avenida 31 de março, na altura do corpo de bombeiros em diante, em nosso município.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3969/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3969/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que em conjunto com a Diretoria competente providencie a manutenção e limpeza do bueiro, localizado na Rua Manoel Damásio, em frente ao número 99, em nosso município.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3971/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3971/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo com urgência da massa asfáltica na Avenida Benedito Severino, em nosso Município.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3972/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3972/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo com urgência da massa asfáltica na Rua Euphosino Paes – “Olaria”, em nosso Município.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3973/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3973/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie de maneira urgente a limpeza das calçadas e sarjetas nas Rua de nosso Município. Seguem fotos anexas.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3974/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3974/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza na ponte Localizada na Rua Benedito Alves Primo, em nosso Município.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3975/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3975/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção da iluminação (troca de lâmpadas) na fonte localizada na “Praça das Águas”, em nosso Município.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3976/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3976/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a reforma da quadra poliesportiva localizada no Conjunto Habitacional São Judas Tadeu em nosso Munícipio.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3978/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3978/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a colocação de um Guarda Municipal por unidade escolar, em nosso Município.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3979/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3979/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da tubulação existente na Rua Luís Gusson, próximo ao número 339, que se encontra com vazamento, em nosso município.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3980/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3980/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar e instalar uma lombada na Rua Lourenço Lorenzoni na altura do n° 410.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3993/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3993/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude em conjunto com a direoria de obras, a reisntalação da tampa do bueiro localizada na Rua Dr. Antônio Stecca no bairro Jardim da Laje, em nosso Municipio</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3994/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3994/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição da lâmpada em curto ou foto célula, na Rua Lada Guedes esquina com a Rua Marilda Bueno Pereira Loila, em nosso Município.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3995/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3995/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie uma fiscalização com maior intensidade nos terrenos e lotes para que seus proprietários realizem a limpeza dos mesmos com maior frequência, evitando acumulo de matos e entulhos nos mesmos.</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3996/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3996/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie de maneira urgente a limpeza das áreas comuns do Cemitério Municipal, bem como providenciar os reparos necessários no espaço físico do mesmo.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3997/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3997/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e poda das árvores que estão batendo nos fios de alta tensão, em diversas ruas de nosso Município.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3998/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3998/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal reiterando indicação apresentada anteriormente, que em conjunto com a diretoria competente providencie a manutenção dos toldos da "EMEI Arco Íris", em nosso município.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3999/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3999/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição da luminária “Apagada” na Rua Benedito Severino, em frente ao número 560, ao lado da Fonte Mantovani, em nosso Município</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4000/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4000/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. o Prefeito Municipal para que em conjunto com a diretoria competente providencie a intensificação do serviço de zeladoria urbana em todos os bairros, com varredores de rua, manutenção de praças e jardins, poda de árvores, capinagem de terrenos em nosso município.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4001/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4001/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente analise a possibilidade de instalar “botões do pânico” nas escolas municipais, visando a promoção de maior segurança nas instituições educacionais.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4002/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4002/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente analise a possibilidade de instalar detectores de metal em todas as Escolas, EMEIS e Creches de nosso município, visando promover maior segurança nas instituições educacionais.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4003/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4003/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de colocar guardas municipais nas unidades escolares de nossa cidade</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4004/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4004/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de instalar um redutor de velocidade do tipo lombada na Rua Lourenço Lorençoni na altura do numerário 410 em nosso municipio.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4007/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4007/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de reajuste salarial para os membros do Conselho Tutelar de nosso município.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4008/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4008/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a realização de recapeamento e operação tapa buracos na Avenida Rio do Peixe na altura dos numerários 157 e 268, em nosso município.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4009/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4009/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente estude a possibilidade de realizar a limpeza das margens do grande lago, em nosso município.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4010/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4010/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie a retirada da placa fixada em tronco de árvore condenada, que se encontra na calçada da Avenida 31 de março, em frente ao posto BR, em nosso município.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4020/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4020/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombada e sinalização na Avenida Benedito Severino, em nosso município.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4016/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4016/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a limpeza e reforma das lixeiras localizadas nas Ruas de nosso Munícipio.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4017/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4017/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza da vegetação e que circunda o Grande Lago, em nosso município.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4018/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4018/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie de maneira urgente a manutenção da via e das calçadas da Rua Coronel Estevam Franco, esquina com a Rua Capitão Benjamin Domingues, ao lado do numerário 356, em nosso Município. Seguem fotos anexas.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4019/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4019/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente que verifique a possibilidade de estar realizando a limpeza da Viela Localizada ao lado do numerário 26, na Rua Abilio Dematte, em nosso município. Conforme fotos anexas:</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4022/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4022/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a melhoria na iluminação do terminal rodoviário, em nosso Município.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4023/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4023/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da calçada na Avenida 31 de Março, na altura do numerário 1201 até o corpo de bombeiros, em nosso Município.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4024/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4024/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a manutenção e limpeza da bica de água, ao lado do Corpo de Bombeiros, em nosso Município.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4026/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4026/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a manutenção e limpeza da bica de água, localizada na Rua Guarino Zamboim esquina com a Avenida 31 de Março - em frente ao terminal rodoviário em nosso município.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4034/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4034/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da calçada na Avenida 31 de Março, na altura do numerário 899, em nosso Município. Segue foto anexa:</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4035/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4035/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da calçada na Avenida 31 de Março, na altura do numerário 1.250, em nosso Município. Seguem fotos anexas:</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4036/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4036/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie à instalação de uma Câmera de monitoramento na Praça Benedito Alves Primo, Bairro Olaria, em nosso município.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4037/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4037/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza e manutenção das laterais da Rua Vereador Eufrosino Alves de Godoy, popularmente conhecida como “Estrada do Matão”, em nosso Município.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4038/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4038/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição das luminárias “Apagadas” na Esquina da Rua Cel. Estevam Franco com José Roque, em frente a loja do 1.99, em nosso Município. Segue foto abaixo para mostrar o problema:</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4039/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4039/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da massa asfáltica na Avenida 31 de Março, na altura do numerário 1250, em nosso Município.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4040/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4040/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza no entorno da ponte Localizada entre as Ruas Alcides Miranda e Vereador Eufrosino Alves de Godoy, popularmente conhecida como “Estrada do Matão”, em nosso Município.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4041/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4041/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie em regime de urgência reparos na massa asfáltica, bem como nas guias e calçadas na Rua Coronel Estevam Franco e no Cruzamento da Avenida das Fontes com a Rua Coronel Estevam Franco, em nosso Município</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4042/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4042/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de placas de sinalização, indicando contra mão virar a esquerda, no cruzamento da Rua 21 de Março com Avenida 31 de março (sentido Rua José Roque de Moraes) em nosso município. Seguem fotos anexas:</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4049/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4049/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de viabilizar a instalação de postes de iluminação pública em toda extensão da Estrada do Barrocão em nosso Município.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4052/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4052/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que estude juntamente com o setor competente a possibilidade de enviar a esta Casa de Leis um projeto de lei que prevendo pagamento Incentivado de Débitos Tributários e não Tributários de qualquer natureza - PPI.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4059/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4059/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que elabore legislação para exigir a obrigatoriedade de utilização de coleira, guia curta de condução, enforcador e focinheira em áreas públicas.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4060/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4060/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente tome as providências necessárias no sentido de reforma e manutenção do terminal rodoviário deste município.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4063/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4063/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a instalação a de bica de água potável, no formato de pote D’agua no Conjunto Habitacional Ernesto Tardelli, em nosso município.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4064/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4064/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a manutenção e reativação da bica de água potável, no formato de pote D’agua no Conjunto Habitacional São Judas Tadeu, em nosso município.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4065/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4065/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie em regime de urgência reparos na massa asfáltica, nas guias e calçadas na Rua Coronel Estevam Franco e no Cruzamento da Avenida das Fontes com a Rua Coronel Estevam Franco, em nosso Município.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4066/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4066/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie a instalação de uma lombada na Rua Coronel Estevam Franco, na altura do numerário 593, em nosso município.</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4067/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4067/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de promover a sinalização permitindo a conversão à esquerda sentido Avenida 31 de Março para Rua Coronel Estevam Franco em nosso Município. Seguem fotos abaixo para demostrar:</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4061/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4061/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a construção de um Campo Society no Jardim Lindoia, próximo ao CONISCA, uma vez que uma parte da estrutura esportiva já está pronta.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4062/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4062/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de construir um banheiro público entre o espaço da Feira do Produtor e Lojinhas, em nosso município.</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4068/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4068/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o reparo da massa asfáltica na Rua Comendador Pedro Fachinni esquina coma Rua Tamoio, em nosso Município.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4069/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4069/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie a manutenção e limpeza no entorno da caixa d’agua existente na Avenida Tamoio, no Bairro Índio de Ouro, em nosso Município.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4070/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4070/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição das luminárias “Apagadas” no entorno do Laguinho, em nosso Município.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4071/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4071/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a instalação de um braço de lâmpadas no poste na existente na Rua Comendador Pedro Fachinni, na altura do numerário 90, em nosso município. Seguem fotos abaixo para mostrar o problema:</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4072/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4072/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com a Diretoria competente providencie limpeza das Ruas e calçadas após o corte da vegetação, em todo nosso Município.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4073/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4073/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal proceda a limpeza e manutenção das dependências do cemitério municipal, bem como o correto armazenamento dos materiais de construção que atualmente estão localizados nas laterais do cemitério.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4074/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4074/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que tome as medidas necessárias a fim de manter aberto durante o dia todo os banheiros públicos localizados no Cemitério Municipal de nosso Município.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4088/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4088/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção e limpeza da vegetação no entorno do "Lago" no Jardim da Laje, em nosso Município.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4087/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4087/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de viabilizar a instalação de bancos para descanso no entorno do Lago do Bairro da Laje em nosso município.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4085/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4085/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de viabilizar a instalação de postes de iluminação pública em toda extensão do Lago do Bairro da Lage em nosso Município.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4086/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4086/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente estude a possibilidade de instalar lombofaixas no centro do município de Lindoia</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4089/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4089/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar um redutor de velocidade, tipo lombada na Major Joaquim de Souza na altura do numero 105 em nosso município</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4096/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4096/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de viabilizar a sinalização das ruas do Loteamento Jardim Iracema, uma vez que facilitara a identificação para os moradores do bairro de nossa cidade.</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4097/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4097/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de encaminhar a esta Casa Legislativa um Projeto de Lei Instituindo a adoção de “Curso de Treinamento em Primeiros Socorros” aos Profissionais da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4098/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4098/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a reforma do parquinho infantil existente no Laguinho, em nosso Município.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4101/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4101/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, reiterando indicação apresentada anteriormente, que em conjunto com a Diretoria competente, providencie a criação do Plano de Carreira para os Guardas Municipais.</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4102/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4102/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie as melhorias que forem necessárias na passarela “Laercio Zamboim de Souza”, em nosso município.</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4103/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4103/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição da luminária “Apagada” na Rua Sebastiana Franco, em frente ao número 135, ao lado do Barracão da Fonte Lindoia Verão, em nosso Município. Segue foto anexa:</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4105/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4105/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que estude a possibilidade de viabilizar a instalação de alambrado e portão em toda a extensão do terreno situado ao lado dos prédios do Conjunto Habitacional Ernesto Tardeli (Popular Nova), conforme fotos anexas.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4106/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4106/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a reforma do centrinho, localizado no Conjunto Habitacional Ernesto Tardeli, na Rua Aparecido Zamboim, no sentido de criar no local um Espaço Cultural para as crianças Lindóianas.</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4107/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4107/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, que em conjunto com a Diretoria competente, estude a possibilidade de encaminhar Projeto de Lei a esta Casa, criando adicional por desempenho de atividade de motorista socorrista, lotados no Pronto Atendimento “somente aos condutores que utilizam a ambulância”, deste município.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4110/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4110/arq.pdf</t>
   </si>
   <si>
     <t>Indiacmos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de instalar um redutor de velocidade do tipo  lombada na Rua Lageado na altura do numerário 181 no Jardim da Laje</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4119/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4119/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que estude a possibilidade de viabilizar a manutenção do pavimento de concreto da área externa no prédio do agendamento onde ficam estacionados os veículos da saúde.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4118/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4118/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que em conjunto com a Diretoria competente providencie a retirada da placa fixada em poste, que se encontra na calçada da Avenida 31 de Março, próximo a ponte de arco, em nosso Município.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4117/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4117/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que em conjunto com a Diretoria competente estude a possibilidade de realizar a limpeza e manutenção da ponte localizada na Avenida Nossa Senhora das Brotas Jardim Itamarati, em nosso município.</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4116/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4116/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal para que tome as providências necessárias no sentido de providenciar a manutenção e limpeza da bica de água, localizada na Rua Jacinto Moreira, Centro, em nosso Município.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4115/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4115/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e manutenção da calçada na esquina da Avenida Nossa Senhora das Brotas com Avenida benedito Severino, Jardim Itamarati, em nosso Município.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4114/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4114/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a substituição da luminária "Apagada" e placa de identificação com nome na Rua Guiomar Aparecida Wichiman Ramalho, em nosso município.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4129/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4129/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de interceder junto à CPFL a fim de solicitar a extensão da Rede Elétrica na rua Benedito Aparecido Firmino Ciolfi no Bairro Tijuco Preto em nosso município.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4130/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4130/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que realize a reforma e manutenção da Academia ao ar livre localizada no Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>TATA, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, 'JULIANO, JUSSARA, MAICON</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4131/arq.pdf</t>
+    <t>TATA, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4131/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de instalar um posto do PROCON em nosso município.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4132/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4132/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para juntamente com o setor competente estude a possibilidade de promover a instalação de letreiro turístico "EU AMO LINDOIA", em nosso município, em local a ser definido, ou como sugestão no Grande Lago Lindóia ou a Praça das Águas.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>'JULIANO, BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, MAICON, TATA</t>
-[...2 lines deleted...]
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4141/arq.pdf</t>
+    <t>JULIANO, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, MAICON, TATA</t>
+  </si>
+  <si>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4141/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de instalar um redutor de velocidade do tipo lombada na Avenida Benedito Severino, na altura do numerário 485 em nosso município.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4143/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4143/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal a alteração na tradicional confraternização de final de ano para os funcionários municipais, realizada pela Prefeitura, propondo a substituição da mesma pelo fornecimento de cesta de final de ano visando que garantir que todos os funcionários tenham a oportunidade de desfrutar do gesto de reconhecimento, mesmo quando não podem contar com a presença completa de seus familiares.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4144/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4144/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal a necessidade de implementar a limpeza das calçadas e terrenos no Bairro Índio de Ouro, visando a melhoria do ambiente urbano e o bem-estar da comunidade local.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4145/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4145/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal a necessidade de implementar a limpeza das calçadas e terrenos no Conjunto Habitacional São Judas Tadeu, visando a melhoria do ambiente urbano e o bem-estar da comunidade local.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4146/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4146/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a instalação a de bica de água potável, no Conjunto Habitacional São Judas Tadeu, em nosso município.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4163/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4163/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a Manutenção no banheiro masculino do terminal rodoviário, em nosso Município.  Seguem fotos anexas:</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4164/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4164/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de instalar uma agência do Banco do Povo, em nosso Município.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4165/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4165/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de reparo e substituição dos brinquedos que ficam no Recinto de Exposições e Lazer "Antonio Toledo", ao lado do Laguinho</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4171/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4171/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com as diretorias competentes, estude a possibilidade de elaboração e encaminhamento de projeto de lei ao poder legislativo autorizando o pagamento do incentivo financeiro aos Agentes Comunitários de Saúde, nos termos do Decreto Federal n° 8.474 de 22 de junho de 2015 e na Lei Federal n° 12.994.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4180/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4180/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de realizar a restauração e pintura da passarela "Laércio Zamboim de Souza", localizada próxima ao Corpo de Bombeiros em Lindoia - SP.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4181/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4181/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal a realização de paisagismo nas entradas de nossas cidades, com a finalidade de aprimorar o ambiente urbano e proporcionar uma recepção mais agradavél aos cidadãos e visitantes</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3893/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3893/arq.pdf</t>
   </si>
   <si>
     <t>O vereador juliano joaquim granconato de souza, e outros no uso de suas atribuições legais e regimentais, propõem ao legislativo municipal, moção de aplausos em homenagem ao time Atlético Lindoia Futebol Clube.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3894/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3894/arq.pdf</t>
   </si>
   <si>
     <t>O vereador Juliano Joaquim Granconato de Souza, e outros no uso de suas atribuições legais e regimentais, propõem ao legislativo municipal, moção de aplausos em homenagem a Fellipe Gabriel Xavier Ribeiro.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3907/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3907/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear, Pamela Cristina Moreira Ramalho, pelo trabalho e realização do Carnaval 2023 em nosso município.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3908/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3908/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear, Dirlene Antonelli, pelo trabalho e realização do Carnaval 2023 em nosso município.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3909/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3909/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear, Bruno Fischer Tardelli, pelo trabalho e realização do Carnaval 2023 em nosso município.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3910/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3910/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear, Luciano Lopes, pelo trabalho e realização do Carnaval 2023 em nosso município.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3911/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3911/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear, Luís Claudio Perciani, pelo trabalho e realização do Carnaval 2023 em nosso município.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3921/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3921/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear “Salomé Lindóya”, por sua participação de destaque no Carnaval 2023 em nosso Município".</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3934/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3934/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor Artur Del Rio Condotta, por seu trabalho frente ao CEAL em nosso município."</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3947/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3947/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Senhora Alessandra Bueno da Silva, por seu trabalho prestado há mais de 10 anos em nosso Município”.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3948/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3948/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Time de Vôlei Feminino de Lindóia por sua trajetória”.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3984/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3984/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear Cecília Moreira Godoi pela sua desenvoltura nas redes sociais.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4005/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4005/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Carlos Henrique Cardoso Rosa pelos relevantes serviços prestados à Diretoria de Esportes do Municipio de Lindóia.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4033/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4033/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o senhor Guilherme de Souza Cózaro por representar Lindóia na Seleção Brasileira de Caiaque Polo.”</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4048/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4048/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear, Maria Eduarda Mazoline do Carmo "Duda Mazolini", pelas apresentações no programa "The Voice Kids" e por levar o nome de nossa munícipio com tanto carinho e respeito em rede nacional.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4090/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4090/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Senhora Andrea Puccini de Brito, por seu trabalho a frente da Saúde e dos Bombeiros Civis, em nosso Município.”</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4127/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4127/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear s músicos de Lindóia por desempenharem um papel fundamental no enriquecimento cultural e artístico de nossa querida cidade”.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor Pedro Mendes Tortelli, pelos relevantes serviços prestados junto ao nosso município como Vice Prefeito durante o mandato entre 2017 à 2020.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4152/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4152/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Fernando Juliano Fernandes pelos relevantes serviços prestados no período em que esteve frente à Diretoria da Saúde do Município de Lindoia”.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4153/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4153/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Senhora Jaqueline Manucci de Toledo, pelos relevantes trabalhos e investimentos realizados em nosso município.”</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4170/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4170/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear a Senhora Elizabete Grisi Kachan, pelos relevantes trabalhos e investimentos realizados em nosso município.</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>OUT</t>
   </si>
   <si>
     <t>Outras matérias</t>
   </si>
   <si>
     <t>Eleição dos membros das Comissões Permanentes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4040,67 +4040,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3844/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3845/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3846/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3847/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3848/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3849/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3850/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3854/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3855/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3856/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3857/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3858/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3859/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3860/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3861/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3862/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3863/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3895/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3896/projeto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3898/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3897/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3899/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3915/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3916/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3917/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3904/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3920/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3937/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3941/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3970/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3977/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4006/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4011/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4012/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4013/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4027/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4028/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4029/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4031/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4043/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4047/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4050/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4051/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4053/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4076/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4077/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4078/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4079/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4080/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4081/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4082/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4092/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4093/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4094/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4095/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4112/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4120/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4124/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4134/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4135/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4136/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4138/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4139/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4142/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4156/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4157/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4166/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4167/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4168/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4169/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4174/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4175/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4176/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4182/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4178/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4179/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4183/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4185/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4151/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4121/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3901/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3938/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3956/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3957/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3951/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4025/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4032/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4045/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4099/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4100/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4109/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4122/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4123/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4126/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4128/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4147/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4154/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4161/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4162/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4172/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4173/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4177/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3919/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4155/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3940/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4091/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4158/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4184/emenda_04-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4133/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3864/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3933/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3981/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3982/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3983/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3992/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4021/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4014/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4015/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4030/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4044/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4046/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4054/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4055/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4056/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4057/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4058/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4075/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4083/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4084/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4104/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4108/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4111/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4113/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4125/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4140/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4148/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4149/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4150/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4159/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4160/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3851/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3852/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3853/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3865/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3866/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3867/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3868/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3877/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3869/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3870/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3871/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3872/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3873/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3874/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3875/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3876/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3878/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3879/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3880/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3889/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3888/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3884/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3883/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3882/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3881/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3887/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3886/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3885/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3890/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3891/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3892/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3902/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3903/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3905/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3906/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3912/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3913/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3914/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3918/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3922/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3923/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3924/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3925/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3926/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3927/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3928/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3929/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3930/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3931/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3932/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3935/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3936/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3939/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3943/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3944/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3945/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3942/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3946/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3949/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3950/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3953/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3954/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3955/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3952/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3960/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3961/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3962/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3963/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3964/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3958/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3959/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3967/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3968/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3966/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3965/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3969/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3971/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3972/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3973/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3974/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3975/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3976/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3978/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3979/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3980/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3993/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3994/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3995/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3996/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3997/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3998/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3999/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4000/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4001/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4002/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4003/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4004/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4007/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4008/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4009/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4010/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4020/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4016/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4017/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4018/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4019/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4022/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4023/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4024/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4026/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4034/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4035/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4036/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4037/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4038/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4039/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4040/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4041/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4042/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4049/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4052/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4059/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4060/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4063/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4064/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4065/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4066/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4067/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4061/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4062/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4068/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4069/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4070/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4071/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4072/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4073/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4074/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4088/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4087/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4085/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4086/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4089/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4096/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4097/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4098/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4101/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4102/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4103/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4105/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4106/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4107/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4110/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4119/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4118/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4117/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4116/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4115/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4114/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4129/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4130/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4131/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4132/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4141/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4143/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4144/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4145/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4146/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4163/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4164/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4165/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4171/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4180/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4181/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3893/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3894/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3907/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3908/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3909/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3910/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3911/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3921/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3934/arq.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3947/arq.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3948/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3984/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4005/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4033/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4048/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4090/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4127/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4152/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4153/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4170/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3844/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3845/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3846/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3847/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3848/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3849/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3850/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3854/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3855/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3856/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3857/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3858/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3859/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3860/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3861/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3862/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3863/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3895/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3896/projeto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3898/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3897/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3899/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3915/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3916/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3917/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3904/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3920/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3937/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3941/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3970/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3977/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4006/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4011/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4012/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4013/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4027/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4028/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4029/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4031/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4043/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4047/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4050/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4051/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4053/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4076/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4077/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4078/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4079/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4080/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4081/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4082/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4092/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4093/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4094/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4095/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4112/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4120/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4124/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4134/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4135/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4136/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4138/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4139/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4142/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4156/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4157/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4166/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4167/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4168/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4169/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4174/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4175/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4176/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4182/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4178/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4179/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4183/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4185/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4151/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4121/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3901/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3938/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3956/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3957/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3951/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4025/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4032/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4045/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4099/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4100/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4109/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4122/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4123/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4126/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4128/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4147/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4154/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4161/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4162/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4172/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4173/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4177/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3919/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4155/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3940/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4091/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4158/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4184/emenda_04-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4133/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3864/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3933/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3981/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3982/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3983/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3992/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4021/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4014/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4015/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4030/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4044/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4046/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4054/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4055/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4056/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4057/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4058/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4075/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4083/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4084/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4104/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4108/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4111/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4113/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4125/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4140/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4148/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4149/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4150/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4159/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4160/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3851/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3852/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3853/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3865/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3866/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3867/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3868/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3877/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3869/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3870/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3871/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3872/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3873/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3874/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3875/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3876/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3878/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3879/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3880/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3889/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3888/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3884/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3883/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3882/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3881/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3887/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3886/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3885/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3890/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3891/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3892/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3902/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3903/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3905/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3906/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3912/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3913/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3914/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3918/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3922/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3923/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3924/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3925/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3926/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3927/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3928/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3929/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3930/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3931/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3932/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3935/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3936/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3939/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3943/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3944/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3945/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3942/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3946/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3949/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3950/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3953/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3954/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3955/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3952/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3960/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3961/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3962/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3963/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3964/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3958/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3959/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3967/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3968/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3966/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3965/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3969/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3971/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3972/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3973/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3974/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3975/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3976/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3978/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3979/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3980/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3993/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3994/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3995/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3996/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3997/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3998/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3999/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4000/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4001/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4002/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4003/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4004/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4007/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4008/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4009/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4010/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4020/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4016/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4017/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4018/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4019/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4022/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4023/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4024/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4026/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4034/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4035/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4036/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4037/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4038/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4039/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4040/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4041/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4042/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4049/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4052/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4059/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4060/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4063/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4064/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4065/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4066/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4067/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4061/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4062/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4068/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4069/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4070/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4071/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4072/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4073/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4074/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4088/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4087/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4085/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4086/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4089/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4096/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4097/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4098/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4101/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4102/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4103/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4105/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4106/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4107/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4110/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4119/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4118/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4117/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4116/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4115/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4114/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4129/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4130/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4131/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4132/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4141/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4143/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4144/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4145/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4146/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4163/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4164/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4165/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4171/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4180/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4181/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3893/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3894/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3907/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3908/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3909/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3910/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3911/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3921/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3934/arq.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3947/arq.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3948/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/3984/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4005/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4033/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4048/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4090/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4127/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4152/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4153/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2023/4170/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H336"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>