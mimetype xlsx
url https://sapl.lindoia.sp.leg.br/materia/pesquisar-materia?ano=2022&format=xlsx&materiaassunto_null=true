--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,3442 +54,3442 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>OFI-E</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3656/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3656/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 07/2022.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Reposta ao Requerimento 16 e 17/2022</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3675/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3675/arq.pdf</t>
   </si>
   <si>
     <t>Encaminha resposta de requerimentos de 8, 9 , 10, 11, 12, 13, 14</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3680/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3680/arq.pdf</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos n°s 18, 19 e 20/22.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3709/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3709/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 21/2022</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3781/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3781/arq.pdf</t>
   </si>
   <si>
     <t>Resposta aos requerimentos 23,24 e 25/2022</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3761/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3761/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento nº 28/2022</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3605/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3605/arq.pdf</t>
   </si>
   <si>
     <t>"Fica concedida Medalha de Mérito "Cel. Estevam Franco de Godoy", a pessoa que especifica."</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Paulo Vieira Trevisan</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3651/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3651/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao Senhor Helnes Carlos Resquioto</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Carlos Alberto de Oliveira Machado, JUSSARA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3765/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3765/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano ao Senhor José Dias."</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3766/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3766/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano à senhora Nilva Gomes Dias."</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Paulo Vieira Trevisan, EDNELSON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3776/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3776/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Alex Anderson Martins</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3777/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3777/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Rodrigo Takebe Arruda</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3778/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3778/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Ricardo Takebe Arruda</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3780/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3780/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão honorário Lindoiano ao Senhor José Antonio Barros Munhoz</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>EDNELSON, João Paulo Vieira Trevisan</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3788/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3788/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Cesar Dib"</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>JUSSARA, Carlos Alberto de Oliveira Machado, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3794/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3794/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiana a Senhora Elis Silene Moreira”</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3795/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3795/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Honorária Lindoiana a senhora Claudete Aparecida Zochio Mendes”</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>JULIANO, 'BERTO SANTOS, MAICON, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3799/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3799/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao senhor Antônio Rodrigues Sabará.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>'BERTO SANTOS, JULIANO, MAICON, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3800/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3800/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao senhor Álvaro Fávero.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3801/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3801/arq.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Lindoiano ao Senhor José Justino Lopes.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado, JUSSARA, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3808/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3808/arq.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário Lindoiano ao Senhor Santo Macedo."</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3815/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3815/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao senhor João Marcos Ribeiro Rosa."</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3819/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3819/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o senhor Sebastião Garcia”</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3820/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3820/arq.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Honorário Lindoiano o senhor Virgulino Gonçalves Branco Filho”</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>TATA, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, MAICON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3842/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3842/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Lindoiano ao senhor Marcos Dematte Angeli</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3595/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3595/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos da Resolução n° 02/2022 que especifica"</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3704/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3704/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do regimento interno da Câmara Municipal de Lindóia</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>JULIANO</t>
   </si>
   <si>
     <t>Institui Comissão de Representação para visita à Câmara dos Deputados em Brasilia</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3684/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3684/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei do Executivo n° 28/2022 e estabelece outras providências</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3685/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3685/arq.pdf</t>
   </si>
   <si>
     <t>modifica dispositivo que especifica no Projeto de Lei do Executivo nº 30/2022 e estabelece outras providências</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3728/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3728/arq.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo que especifica no Projeto de Lei do Executivo n° 32/2022 e estabelee outras providências.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3729/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3729/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei do Executivo nº 32/2022 e estabelece outras providências</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3837/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3837/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei do Executivo nº 48/2022 e estabelece outras providências</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3579/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3579/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, seja oficiado à família do Senhor JOSÉ ZANCHI SOBRINHO, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações:_x000D_
 - Valor de repasse anual para a APAE_x000D_
 - Numero de contrato/ convenio com a APAE_x000D_
 - Numero de atendimento de pessoas com deficiência e doenças raras na APAE.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado, JULIANO, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3581/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3581/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações:_x000D_
 - As Escolas do Município possuem salas adaptadas individuais ou coletivas para atender Pessoas com Deficiência nos moldes do que prescreve a Constituição e o Estatuto da Pessoa com Deficiência?_x000D_
 - Há Profissionais da Educação, em especial Professores, com especialidade em Educação Especial exercendo a função no Município?_x000D_
 -  Qual foi a respectiva aplicação de recursos direcionados no ano-exercício de 2020 e 2021?</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações:_x000D_
 - Numero de pessoas com deficiências e doenças raras, especificando suas deficiências e doenças, no âmbito do município.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3583/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3583/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
 •	 Relatórios detalhados de todos os gastos e viagens realizadas pelas empresas contratadas para o transportes sanitários de pacientes para tratamento de saúde.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3616/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3616/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família do Senhor Onofre Tomazi Cózaro, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3637/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3637/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos à mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que informe a esta Casa de Leis: Qual a causa das constantes falta de água que vem ocorrendo dia sim dia não no Bairro Índio de Ouro em nosso Município.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3638/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3638/arq.pdf</t>
   </si>
   <si>
     <t>•	Quais veículos da GM estão em manutenção e fora de circulação no momento? _x000D_
 •	Por qual motivo no dia 15/03 não tinha efetivo suficiente para a GM fazer o patrulhamento noturno?  _x000D_
 •	Quais as providencias tomadas pelo comandante da GM para evitar as frequentes ausências de patrulhamento na cidade.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3639/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3639/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações;_x000D_
 _x000D_
 •	Licença de operação da CETESB da Cascalheira do Índio de Ouro_x000D_
 •	Quantidade de cascalho extraído desde 01/03/2022 até a data deste requerimento_x000D_
 •	Destinação dada ao cascalho extraído</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3640/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3640/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações;_x000D_
 •	Motivo das constantes faltas de água. _x000D_
 •	Motivo do aumento da sujeira na água (dia 15/03 água branca no Jd. Redentor)_x000D_
 •	Pontos de Coleta de água para analise_x000D_
 •	Autos de vistoria da Vigilância Sanitária estadual na ETA municipal nos anos 2021 e 2022.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3641/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3641/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações referente a UBS do conjunto habitacional Ernesto Tardelli_x000D_
 •	Por que a UBS ainda não está em funcionamento?_x000D_
 •	Respostas do Executivo municipal as cobranças da DRS para o imediato funcionamento da unidade._x000D_
 •	Respostas do Executivo municipal através da diretoria de obras, o porquê de terem arrancado uma pia do local (UBS conjunto habitacional Ernesto Tardelli)? Para onde foi levado a referida pia?</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3643/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3643/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à mesa nos termos regimentais, seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis, relação atual com os nomes dos servidores de todos os cargos de "confiança" (diretores, chefes, dentre outros) e seus respectivos cargos de todos os setores deste executivo Municipal, informando a data de sua nomeação e conjuntamente os horários que estes desempenham suas funções e grau de parentesco entre eles.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3644/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3644/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à mesa nos termos regimentais, seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis:_x000D_
 - Cópia de todos os contratos relacionados a transporte de estudantes e de pacientes para tratamento de saúde em nosso município._x000D_
 - Grau de parentesco dos responsáveis pelas empresas contratadas com cargos de confiança atual.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3645/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3645/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa nos termos regimentais, seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis:_x000D_
 - Cópia de todos os contratos relacionados ao trio elétrico e carro de som utilizados nas festas e propagandas realizadas em nosso município no ano de 2021 e 2022 até a presente data.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3646/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3646/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, seja oficiado à família da Senhora Maria Therezinha Dematte Pereira, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3649/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3649/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, a mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
  - Relatórios discriminando os repasse realizados pelo Munícipio ao Hospital São Camilo- Aguas de Lindóia._x000D_
  - Comprovantes dos repasses realizados á entidade nos exercícios 2021 e 2022</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3650/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3650/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta casa de Leis:_x000D_
 - Extrato detalhado dos pagamentos realizados pelo munícipio de Lindóia ao CONISCA durante os exercícios de 2021 e 2022._x000D_
 - Cópias dos comprovantes de pagamento realizados à entidade nos exercícios de 2021 e 2022.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3658/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3658/arq.pdf</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3659/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3659/arq.pdf</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3660/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3660/arq.pdf</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3713/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3713/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo Para que Forneça a esta Casa de Leis:_x000D_
 •	Informar, mês a mês, referente ao período de 01/01/2021 a 30/04/2022, todos os valores repassados pela Prefeitura Municipal da Estância Hidromineral de Lindóia, ao Consórcio Intermunicipal do Circuito das Águas Paulistas – CICAP;_x000D_
 •	Encaminhar cópias integrais das prestações de contas dos gastos e investimentos realizados pelo Consórcio Intermunicipal do Circuito das Águas Paulistas – CICAP, referentes ao período de 01/01/2021 a 30/04/2022;_x000D_
 •	Encaminhar cópia integral da programação de atividades de interesse dos Municípios Consorciados, prevista para ser realizada pelo CICAP até o dia 31/12/2022.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>EDNELSON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3708/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3708/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos a mesa nos termos regimentais seja oficiado à familia do Senhor Gilberto Aparecido da Rosa NENO, formulando um voto de Profundo Pesar, pelo seu falecimento ocorrido recetemente</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3714/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3714/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, ao executivo Municipal que encaminhe a essa casa de leis:_x000D_
 - Cópia do boletim de ocorrência, e do extrato de pagamento do seguro do veículo Sprinter 415 CDI placa FAF 8703, ano 2015, acidentado em 2021. Bem com informe para onde foi destinado esse dinheiro oriundo do seguro.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3715/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3715/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado a diretoria do CONISCA – Consórcio Intermunicipal de Saúde do Circuito das Águas, para que informe a esses Vereadores e esta Casa de Leis, sobre os seguintes assuntos referentes à Saúde do município:_x000D_
 _x000D_
 o	Quais especialidades estão disponíveis para os pacientes de Lindoia?_x000D_
 o	Quantos pacientes são atendidos por especialidade, no Consórcio?_x000D_
 o	Quanto tempo demora atualmente, para agendamento de consulta em cada especialidade no CONISCA?_x000D_
 o	Quanto tempo demora atualmente, para agendamento de procedimentos em cada especialidade no CONISCA?_x000D_
 o	Quantas vagas são destinadas a Lindóia por especialidade?</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3717/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3717/arq.pdf</t>
   </si>
   <si>
     <t>Venho através deste requerer ao executivo municipal explicações e justificativas sobre o não cumprimento da lei federal 12.998 de 18 junho de 2014.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>JUSSARA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3725/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3725/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, seja oficiado à família do Senhor AMÉRICO KACHAM, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3722/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3722/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, nos termos regimentais, seja oficiado à família da Senhora Luíza Franco de Godoy, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3738/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3738/arq.pdf</t>
   </si>
   <si>
     <t>Venho através deste requerer ao executivo municipal explicações sobre quais medidas foram tomadas sobre as seríssimas acusações de homofobia contra o funcionário Matheus Donizete Cardoso na diretoria Municipal de Educação. É inadmissível que nos dias de hoje principalmente na pasta da Educação esse tipo de desrespeito seja comum e fique impune. Homofobia é crime e o respeito deve prevalecer sempre.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3746/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3746/arq.pdf</t>
   </si>
   <si>
     <t>Venho através deste requerer ao executivo municipal a lista dos nomes dos Funcionários Públicos que possuem demanda trabalhista em face do poder executivo, assim como quais dessas ações estão em grau recursal e/ou houveram desistência do recurso por parte do poder executivo.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3747/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3747/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos ao executivo municipal esclarecimento de o porquê   o trator chourume está quebrado e não está prestando o serviço para a população a mais de 6 meses para limpeza de fossas.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3748/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3748/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo Para que Informe a esta sobre a Casa de Leis:_x000D_
 •	O Poder Executivo realizou regulamentação dos critérios para a implementação dos cursos de primeiros socorros previstos na Lei 13722/18;_x000D_
 •	Os professores e funcionários da rede de ensino de educação básica municipal receberam capacitação em noções de primeiros socorros conforme o disposto na Lei 13722/18;_x000D_
 •	Encaminhe a esta casa de Leis cópia da certificação que comprove a realização da capacitação de que trata a Lei 13722/18;</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>JUSSARA, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3764/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3764/arq.pdf</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3770/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3770/arq.pdf</t>
   </si>
   <si>
     <t>Venho através deste requerer ao executivo municipal explicações sobre a portaria 3581 que nomeia o Sr. Decio Bueno como corregedor da guarda municipal sendo que o mesmo encontra-se em período de estagio provatório não podendo ocupar tal função.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3771/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3771/arq.pdf</t>
   </si>
   <si>
     <t>Venho através deste requerer ao executivo municipal informações sobre qual o horário de abertura do Pronto Atendimento, e quem é o responsável por isso. Tendo em vista as reclamações de munícipes, quem tem relatado que ao chegar no P.A. no horário para ser atendido o mesmo estava fechado e só foi abrir uma hora e meia depois do horário previsto, com vários pacientes aguardando do lado de fora.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3783/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3783/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, JOAQUIM DE SOUZA FICHER “QUIM” formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3792/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3792/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações;_x000D_
 •	Qual o motivo dos banheiros masculino e feminino do prédio do agendamento estar sendo usado para deposito de caixas de papelão conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3793/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3793/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa as seguintes informações;_x000D_
 •	Qual o motivo das obras da UBS e centro de odontologia estarem paradas._x000D_
 •	As obras da UBS estão finalizadas, se estão qual o motivo de não ter atendimento odontológico na UBS central a mais de 6 meses.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3543/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3543/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que estude a possibilidade de realizar a pavimentação asfáltica da no trecho final da Avenida Governador Mario Covas Junior até os limites de nosso município.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3544/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3544/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a construção de emissário de esgoto no bairro Jardim da Laje neste município.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3545/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3545/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que providencia a reforma e manutenção do campo society localizado no Recinto de Exposições e Lazer Prefeito Antônio de Toledo em nosso município</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3546/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3546/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que estude em conjunto com Diretoria de Transito, a possibilidade de melhorias na rotatória na entrada do bairro dos Costas, neste município.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3547/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3547/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente, que estude em conjunto com Diretoria de Transito, a possibilidade de melhorias na rotatória na entrada do bairro Jardim da Lage, neste município.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3548/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3548/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que providencie reforma e manutenção do Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3549/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3549/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que providencie a construção de uma fonte de água mineral aberta para a população no Laguinho próximo Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3550/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3550/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a construção de emissário de esgoto no bairro Jardim Itamaraty neste município.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>Cintia Santos da Silva, EDNELSON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3567/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3567/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Senhor Prefeito Municipal, que providencie a instalação de uma câmera de monitoramento, se possível modelo 360°, na Rua Fabiano Franco em nosso município.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3568/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3568/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que em conjunto com a diretoria competente providencie a melhoria da iluminação pública nas ruas de nosso Município, em especial nos pontos com grande circulação de pedestres.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>Cintia Santos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3569/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3569/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Senhor Prefeito Municipal para que em conjunto com a diretoria de obras do município, providencie a construção de uma fonte de água mineral aberta para a população no Laguinho próximo ao Recinto de exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3570/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3570/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente realize, cursos técnicos profissionalizantes em nosso município.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3555/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3555/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a construção de um poço artesiano no Conjunto Habitacional São Judas Tadeu em nosso munícipio.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3556/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3556/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que estude a possibilidade de realizar melhoria na infraestrutura da rua “Rua Ana Benedita Honório" em nosso Município</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3557/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3557/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que, providencie a construção de pontos de ônibus nos bairros de nosso município para os alunos que utilizam o transporte escolar.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3558/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3558/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de construir um parque ecológico na parte superior do Grande Lago em nosso município.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3559/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3559/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a reinstalação, da estrutura retirada da Arena de Eventos - "EMERSON DE SOUZA", outrora localizada próximo ao Recinto de Exposições Prefeito Antônio de Toledo em nosso município</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3560/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3560/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize a reforma e manutenção da Academia ao ar livre localizada no Jardim Itamaraty em nosso município.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3561/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3561/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize a reforma e manutenção da Academia ao ar livre localizada no Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3562/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3562/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize a reforma e manutenção da Academia ao ar livre localizada no Recinto de Exposições e Lazer "Prefeito Antonio Toledo” em nosso município.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3563/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3563/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que realize a reforma da Praça “Getúlio Vargas” localizada em nosso município.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3564/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3564/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que promova manutenção e reparos da Quadra Poliesportiva localizada no Conjunto Habitacional São Judas Tadeu em nosso município</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3565/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3565/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que estude a possibilidade de realizar melhoria na infraestrutura e pavimentação asfáltica na “Rua Cabo Osmar Pereira" em nosso Município.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3566/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3566/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que promova manutenção e reparos da Quadra Poliesportiva localizada no Conjunto Habitacional Ernesto Tardelli em nosso município</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3575/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3575/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a melhoria na iluminação e substituição de lâmpadas queimadas e demais melhorias que forem necessárias na passarela “Laercio Zamboim de Souza”, em nosso município.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3578/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3578/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição da faixa de pedrestes por um redutor de velocidade tipo “lombofaixa” na Av. 31 de Março ,próximo ao numero 800 em frente a Lotérica de Lindóia e supermercado San Luca.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3585/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3585/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie uma fiscalização com maior intensidade nos terrenos e lotes para que seus proprietários realizem a limpeza dos mesmos com maior frequência, evitando acumulo de matos e entulhos nos mesmos.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3586/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3586/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie de maneira urgente a limpeza das calçadas e sargetas nas Rua 21 de Março e Luiz Beghini em nosso Município.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3587/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3587/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar plantio de árvores com copa em nosso município.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3588/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3588/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição da faixa de pedrestes por um  um redutor de velocidade tipo “lombofaixa” na Av. das Fontes ,em frente ao campo de Futebol Pedro Torteli próximo ao ponto de ônibus em nosso município.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3590/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3590/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a pintura e manutenção do Pronto Atendimento “Dr. Doralice Catarina de Toledo Calazans” em nosso município.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>MAICON</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3598/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3598/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Presidente da Câmara Municipal que providencie a equiparação dos valores pagos pela Câmara Municipal a titulo de vale alimentação com os valores atualmente realizados pela Prefeitura Municipal com a aquisição de Cestas Básicas.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3599/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3599/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição da faixa de pedestres por um redutor de velocidade tipo “lombofaixa” na Av. 31 de Março, no trevo em frente ao Corpo de Bombeiros em ambos os lado da pista em nosso município.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3602/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3602/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal, para que em conjunto com a diretoria competente providencie a limpeza,da vegetação e recapeamento asfaltico da estrada vicinal Dr. Ângelo Antônio Mérola em nosso municipio.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3603/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3603/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza das áreas comuns do Cemitério Municipal, bem como providenciar os reparos na iluminação do mesmo.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3604/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3604/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição da faixa de pedrestes por um redutor de velocidade tipo “lombofaixa” na Av. 31 de Março, em frente a Praça das Aguas em nosso município.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3607/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3607/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar a instalação de redutores de velocidade do tipo lombada na Rua Coronel Estevam Franco na altura do numerário 25 em nosso município</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3608/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3608/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar a instalação de redutores de velocidade do tipo lombada na Rua Coronel Estevam Franco na altura do numerário 376 em nosso município</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3611/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3611/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente providencie a correção (nivelamento) das calçadas e realize o recapeamento asfáltico na Rua Capitão Benjamin Domingues.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3612/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3612/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude, a possibilidade de celebração de convênio de cooperação para prestação de serviços junto ao Lar São Camilo de Lélis localizado no município de Águas de Lindóia.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3613/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3613/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude, a possibilidade de realizar nova avaliação do trânsito, para que a Rua José Roque de Moraes bem como a ponte localizada na Rua Coronel Estevam Franco, voltem a ser vias de mão dupla.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3614/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3614/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie à pintura de cor diferenciada da sinalização horizontal dos pontos de táxi, em nosso município.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3617/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3617/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Sr. Prefeito Municipal para que me conjunto com a diretoria competente providencie a pavimentação asfáltica bem como a instalação de iluminação nas ruas do Bairro Monte Verde, neste Município.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3618/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3618/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição da lâmpada queimada localizada na Rua Aparecido Zamboim próximo a Creche Edward Bernardi e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3619/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3619/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição de todas as luminárias danificadas localizadas na Avenida 31 de Março e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3620/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3620/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição das luminárias localizadas na Avenida Rio do peixe em especial nas localizadas na altura do numerário 610 e ao lado do supermercado ORRU. e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3621/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3621/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição das luminárias localizadas na Avenida Guaianazes na altura dos numerários 337 a 339 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3622/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3622/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição Das luminárias localizadas na Avenida Tamoio na altura do numerário 255 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3623/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3623/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição da lâmpada queimada localizada no entorno do Grande Lago na altura do numerário 300.e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3624/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3624/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição de todas as luminárias danificadas localizadas na Avenida do Lago e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3625/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3625/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição da lâmpada queimada na Rua Teófilo Vieira de Godoi na altura do numerário 292 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3626/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3626/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição da lâmpada queimada localizadas na Rua Benedito Pereira de Godoi na altura do numerário 150 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3627/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3627/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição da lâmpada queimada localizada na Rua 31 de março na altura do numerário 409 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3628/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3628/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição das lâmpadas queimadas localizadas na Avenida Benedito Severino em frente à Igreja São Benedito e na altura do numerário 232 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3629/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3629/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição de todas as luminárias danificadas localizadas na Rua Coronel Estevam Franco em especial na altura dos numerários 63, 281, 353 e 390 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3630/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3630/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição de todas as luminárias danificadas localizadas na Rua Major Joaquim de Souza em especial na altura dos numerários 41, 111 e 190 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3631/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3631/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição das lâmpadas queimadas localizadas na Praça Humberto Amaral e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3632/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3632/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição de todas as luminárias danificadas localizadas na Rua Capitão Benjamin Rodrigues em especial na altura dos numerários 66 e 17 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3633/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3633/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição De todas as luminárias danificadas localizadas na Avenida das Fontes e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3634/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3634/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição Da lâmpada queimada localizada na Rua José de Freitas na altura do numerário 317 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3635/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3635/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição De todas as luminárias danificadas localizadas na Estrada Vereador José Humberto Resquiotto e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3636/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3636/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a substituição Da lâmpada queimada localizada na Rua Benedito Alves da Laje na altura do numerário 411 e nas demais luminárias danificadas em nosso município.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3647/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3647/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que providencie a instalação de torneiras no lavatório no terminal rodoviário municipal.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3648/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3648/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao poder executivo Municipal que solicite a diretoria competente e a Vigilância Sanitária Municipal que fiscalize e tome providências em relação os pneus armazenados de forma inadequada na estação de tratamento esgoto do município de Lindóia.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3653/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3653/arq.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Senhor Prefeito Municipal para promova de maneira URGENTE E PERIÓDICA multirões de Combate à Dengue até que seja eliminado todos os focos da doença neste município.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3663/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3663/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal que estude a possibilidade de realizar a instalação de redutor de velocidade do tipo “lombofaixa” na Avenida 31 de março, em frente ao supermercado Orrú, em nosso município</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3664/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3664/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal que providencie a realização de recapeamento e operação tapa buracos na via de acesso ao bairro dos Costas em nosso município.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3654/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3654/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a retirada de um suporte de placa que se encontra na calçada que da acesso a EMEI PROF. IRACEMA DE SOUZA FREITAS, no inicio da Rua Cel. Estevam Franco.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3655/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3655/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombadas na Rua Teófilo Vieira de Godoy em nosso município.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3657/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3657/arq.pdf</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3661/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3661/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie uma fiscalização com maior intensidade nos terrenos e lotes para que seus proprietários realizem a limpeza dos mesmos e de suas respectivas calçadas com maior frequência, evitando acumulo de matos e entulhos nos mesmos.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3662/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3662/arq.pdf</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3665/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3665/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a recolocação das bandeiras que estavam hasteadas nos prédios públicos e demais pontos turisticos de nosso município.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3666/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3666/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal para que promova de forma URGENTE a limpeza e dedetização das galerias de águas pluviais e bueiros, em toda a extensão de nosso Município.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3667/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3667/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie junto a diretoria competente a retirada da sinalização horizontal do tipo olho de gato (Tartaruga) localizadas na intersecção entre Rua Cel Estevam Franco e a Avenida 31 de Março em nosso Município</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3677/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3677/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a troca de luminárias na entrada do Loteamento Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3678/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3678/arq.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Exmo. Senhor Prefeito Municipal, para que de maneira URGENTE realize a Limpeza na obra e fechamento, onde está sendo construído o Centro de Recepção ao Turista de Lindóia.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3682/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3682/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie de maneira urgente a limpeza das calçadas e sargetas na Rua José de Freitas próximo ao número 261 em nosso Município.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3683/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3683/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie de maneira urgente a construção de um bueiro na Av. Rio do Peixe próximo ao numero 891 em frente ao PA em nosso Município.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3688/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3688/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a construção de um ponto de ônibus na Rua Alcidedes Miranda de Castro (Rua do Matão), em nosso município.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3689/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3689/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de redutor de velocidade do tipo lombofaixa, nas principais Ruas do Loteamento Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3690/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3690/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize a instalação de uma Academia ao ar livre no bairro Jardim Parque Aquático em nosso município</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3691/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3691/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize a instalação de um Parque Infantil no bairro Jardim Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3692/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3692/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal para que promova de forma URGENTE a limpeza e dedetização das galerias de águas pluviais e bueiros,no loteamento Jardim Parque Aquático em nosso Município.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3693/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3693/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie uma fiscalização com maior intensidade nos terrenos e lotes para que seus proprietários realizem a limpeza dos mesmos com maior frequência, evitando acumulo de matos e entulhos nos mesmos no Bairro Loteamento Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3694/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3694/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombadas na Rua Luiz Beghini em nosso município.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3695/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3695/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a substituição das lombadas por lombofaixa em frente a EMEF Prof. Iracema de Souza Freitas em nosso município.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3696/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3696/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize a limpeza e recuperação do laguinho existente no bairro Jardim Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3697/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3697/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie consertos necessários e pintura na entrada do Bairro Loteamento Parque Áquatico em nosso município.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3698/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3698/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a iluminação publica do grande lago até a entrada do Bairro Loteamento Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3706/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3706/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de repassar à Casa da Lavoura - Conselho de Agricultura o saldo de duodécimos devolvido pelo Poder Legislativo no fim do Exercício de 2022.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3711/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3711/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e poda das arvores das margens do Rio do Peixe principalmente próximo as pontes em nosso município.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3712/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3712/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a imediata manutenção e reforma do Batalhão da Policia Militar em nosso município.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3716/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3716/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao executivo municipal um estudo financeiro para pagamento de 20% além do salário base como gratificação/bonificação a todos os profissionais da Saúde.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3719/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3719/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade da implantação de um HOSPITAL VETERINÁRIO PÚBLICO em nosso município</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3720/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3720/arq.pdf</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3721/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3721/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a iluminação externa no prédio da UBS central em nosso municipio.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3723/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3723/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal a contratação da Operação Delegada no município de Lindóia aumentando o efetivo da Policía Militar em nosso município, visto que já existe lei aprovada por essa Câmara permitindo a contratação.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3724/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3724/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de placas de sinalização, no cruzamento da Rua Major Joaquin de Souza com a Av. 31 de março em nosso município.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3730/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3730/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade “lombada” na Rua Lada Guedes na altura da portaria da Empresa de mineração Mantovani ‘Lindoya Vida’ no bairro Jd. Itamaraty.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3731/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3731/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie à instalação de uma Câmera de monitoramento na esquina da Rua Francisco José Nunes com a Rua Augusta Scarpioni no Conjunto Habitacional São Judas Tadeu em nosso município.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3732/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3732/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, para que providencie a construção de um poço artesiano no Bairro Jd. Itamaraty em nosso município.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3733/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3733/arq.pdf</t>
   </si>
   <si>
     <t>Venho através deste indicar ao executivo Municipal que Providencie a imediata manutenção dos banheiros da Rodoviária Municipal bem como colocação de suporte para papel higiênico e dispenser de sabonete e papel toalha.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3734/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3734/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal para que promova de forma URGENTE a limpeza e dedetização do bueiro, na Av. 31 de março na esquina da Padaria Pão da Serra de nosso Município.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3735/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3735/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a limpeza e poda das árvores que estão batendo nos fios em toda extensão da cidade.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3736/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3736/arq.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Sr. Prefeito Municipal, para que providencie a reforma e adequação da infraestrutura do Canil “Patas e Focinhos”.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3737/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3737/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a Dedetização e controle dos carrapatos as margens do Rio do Peixe e do Grande Lago, em nosso Município.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3739/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3739/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicações apresentadas anteriormente, que estude em conjunto com a Diretoria de Trânsito a possibilidade de construção de rotatória na entrada do bairro Jardim da Lage, neste município.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3740/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3740/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a construção de um poço artesiano no Jardim da Lage em nosso município.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3741/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3741/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a construção de um poço artesiano no Conjunto Habitacional São Judas Tadeu em nosso município.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3742/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3742/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que promova manutenção e reparos da Quadra Poliesportiva localizada no Conjunto Habitacional São Judas Tadeu em nosso município.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3743/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3743/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que providencie a construção de uma fonte de água mineral aberta para a população no Laguinho próximo ao Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3749/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3749/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, reiterando indicações apresentadas anteriormente para que providencie a reinstalação da estrutura da Arena de Eventos - "EMERSON DE SOUZA", outrora localizada próximo ao Recinto de Exposições Prefeito Antônio de Toledo em nosso município bem como estude a possibilidade de realizar festa peão no local.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Carlos Alberto de Oliveira Machado, EDNELSON, João Paulo Vieira Trevisan, JUSSARA, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3751/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3751/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, reiterando indicação apresentada anteriormente, que em conjunto com a Diretoria competente, providencie a criação do Plano de Carreira para os Guardas Municipais.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3752/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3752/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicação apresentada anteriormente para que em conjunto com a diretoria competente providencie a instalação de uma lombada na Rua Luiz Beghini em nosso município.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3753/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3753/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a Guarda Municipal intensifique a ronda noturna em nosso município.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3754/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3754/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando pedido apresentado anteriormente, para que em conjunto com a diretoria competente providencie a construção de um ponto de ônibus na Rua Alcidedes Miranda de Castro (Rua do Matão), em nosso município.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3755/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3755/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a Guarda Municipal intensifique a ronda nos bairros mais afastados com Barrocão, Tijuco Preto ,Laje, Pq. Aquático entre outros em nosso município.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3756/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3756/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao executivo municipal um estudo financeiro para pagamento de 20% além do salário base como gratificação/bonificação a todos os motoristas de ambulância do nosso município.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3760/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3760/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar a instalação de redutores de velocidade do tipo lombada no loteamento condomínio dos Vieiras (loteamento da Daise) em especial na rua: Antônio Emilio.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3763/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3763/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie à instalação de uma Câmera de monitoramento nas proximidades da Rua Francisco Lopes Fernandes e Bôrtolo Suman em nosso município.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3769/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3769/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a o recapeamento asfáltico na Rua: Alcides Miranda em nosso município.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3773/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3773/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente providencie as melhorias necessárias na Rua Benedito Severino, situada no Bairro Jardim Itamaraty, neste Município.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3774/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3774/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente providencie a instalação de redutores de velocidade do tipo “Lombofaixa”, nas principais Ruas e Avenidas do nosso município.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3775/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3775/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente providencie a instalação de pontos de ônibus em todos os bairros que são atendidos por transporte público escolar, neste município.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3772/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3772/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente que verifique a possibilidade de recolocar com urgência os brinquedos que foram retirados para manutenção da Praça das Águas em nosso município.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3779/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3779/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Senhor Prefeito municipal, para que providencie a instalação de um "Playground" no Recinto de Exposições Antonio Toledo, contendo casinhas, túneis, escorregadores, gira-gira, bancos, entre outros brinquedos</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3782/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3782/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente providencie a regulamentação do Wheeling no município, bem como a disponibilização de um local adequado para que a pratica esportiva seja realizada com total segurança.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3784/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3784/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente proceda a instalação de sinalização da lombada existente na Rua Fabiano Franco em nosso município.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3787/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3787/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de proibir carga e descarga na curva entre José Roque de Moraes e Avenida 31 de Março Sado oposto ao mercado orrú, próximo a Ponte de Arco</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3785/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3785/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente_x000D_
 estude a possibüdade de reposícionar as vagas de moto existentes em frente ao Edifício Flamboyant_x000D_
 no entroncamento entre a Rua Capitão Benjamin Domingues e Rua Coronel Estevan Franco</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3789/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3789/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de reposicionar as vagas existentes em frente ao Edifício Flamboyant no entroncamento entre a Rua Capitão Benjamin Domingues e Rua Coronel Estevan franco.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3802/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3802/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie o recapeamento asfáltico e a pintura e sinalização das lombadas da Av. Contorno do Lago em nosso município.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3803/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3803/arq.pdf</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3806/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3806/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal para que em conjunto com diretoria competente estude a possibilidade de alterar o Código de Zoneamento permitindo a abertura de comércios no Bairro da Laje.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3818/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3818/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal ,para que em conjunto com a diretoria competente providencie a instalação de um parque infantil  e uma academia ao ar livre no Bairro São Jardim da Laje como providenciar também a a limpeza e manutenção do lago no bairro em nosso município</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3811/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3811/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, que reiterando indicação apresentada anteriormente, para que em conjunto com a diretoria competente providencie a reforma na Quadra Esportiva localizada no Bairro São Judas Tadeu como providenciar também a limpeza e manutenção no bairro em nosso município.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3812/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3812/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de colocar uma cobertura no parque infantil da creche Vovó Maria em nosso município.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3813/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3813/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a colocação de postes de iluminação no trecho da Rodovia SP-360, iniciando na altura da Rodovia e finalizando no Jardim da Laje.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3814/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3814/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a colocação de postes de iluminação pública no trecho da Rodovia SP-360, no sentido Lindoia - Águas de Lindoia onde não possuem iluminação até o limite do nosso município.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3823/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3823/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de lombadas na Rua Cel. Estevam Franco na altura do número 673 em nosso município.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3824/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3824/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que reiterando a indicação apresentada anteriormente, em conjunto com a diretoria competente providencie à instalação de pontos de iluminação na entrada do bairro dos costas, em nosso município.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3825/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3825/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providêncie à inspeção na água do grande lago de nosso município, pois a mesma se encotra com uma cor estranha já a algum tempo.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3826/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3826/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a substituição das luminárias “Apagadas” nas seguintes ruas: _x000D_
 _x000D_
 •	Av. 31 de março em vários pontos da avenida_x000D_
 •	Av. Rio do Peixe em frente ao Condomínio Versales e em frente a escola Arco Iris_x000D_
 •	Rua Olivio Resquioto em vários pontos_x000D_
 •	Rua Cap.Benjamin Domingues em frente ao número 66_x000D_
 •	Rua Dr. Francisco Tozzi em frente a fábrica da Tendenza_x000D_
 •	Rua Domingos Cozaro em vario pontos_x000D_
 •	Rua Luis Gusson próximo ao número 201_x000D_
 •	Av. Benedito Severino 232 e no final da rua próximo a fonte mantovani_x000D_
 •	Esquina da Rua Luis Guson com a Ap. Zamboim em frente a UBS nova_x000D_
 •	Rua Lada Guede em frente a guarita da Fonte Mantovani_x000D_
 •	Rua Cel. Estevan Franco em frente a UBS da praça central_x000D_
 •	Rua Ademar de Barros em frente ao número 225_x000D_
 •	Av. Do Lago próximo aos números 848 e 876_x000D_
 •	Rua Aquile Mantovani altura do número 391_x000D_
 •	Rua Francisco Rodrigues altura do número 26_x000D_
 •	Rua Guaianazes próximo ao número 450_x000D_
 •	Av. Xavantes próximo ao número 188_x000D_
 •	Rua Francisco Gomes em diversos pontos_x000D_
 •	Rua Mauro Demate próximo ao número 465</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>JULIANO, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, MAICON, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3830/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3830/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal promova a pavimentação asfáltica nas vias existentes, no Bairro Jardim da Lage, em nosso município.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3829/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3829/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal em conjunto com a diretoria competente proceda a pavimentação asfáltica da rua Geraldo Formagio de Godoi, localizada no bairro Tijuco Preto em nosso município.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3828/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3828/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal em conjunto com a Diretoria competente promova a Reforma do Prédio do Centro Educacional, bem como realize as adequações necessárias no mesmo.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3831/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3831/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de realizar a aquisição urgente de um caminhão pipa para atendimento da população de Lindoia.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3832/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3832/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente realize a reforma e ampliação da Estação de Tratamento de Água existente em nosso município.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3839/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3839/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que estude a possibilidade de instalar um limitador de altura de veículos, bem como sinalização proibindo a descida de veículos de grande porte na rua Coronel Estevam Franco , na altura do numerário 757 a 822 em nosso município.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3840/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3840/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie de maneira urgente a limpeza das calçadas e sarjetas_x000D_
  de todas as Ruas de  nosso Município.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3584/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3584/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor Fabricio de Castro pelos relevantes serviços prestados por mais de 20 anos junto a Prefeitura Municipal em nosso município”.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>'BERTO SANTOS, Carlos Alberto de Oliveira Machado, JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3615/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3615/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia vem pelo presente apelar ao Excelentíssimo Senhor Governador do Estado de São Paulo e ao Ilmo. Sr. Superintendente do departamento de Estradas de Rodagem - DER, para adoção de providências para garantir maior agilidade no processo licitatório para duplicação da Rodovia Capitão Bardoino."</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>MAICON, 'BERTO SANTOS, JULIANO, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3705/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3705/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear Mirella Cultrera, Simone De Oliveira E Celso De Oliveira Filho, extensivos aos demais participantes das atividades de conscientização e limpeza realizadas no Grande Lago e demais localidades de nosso município</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3707/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3707/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o grupo de Bombeiros voluntários SOS MEIO AMBIENTE."</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3786/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3786/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear Agentes Comunitárias da nossa querida Lindóia em virtude do Dia do Agente Comunitário de Saúde comemorando no ultimo dia 04 de Outubro.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3790/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3790/arq.pdf</t>
   </si>
   <si>
     <t>A VEREADORA JUSSARA DEMATE PEREIRA  E OUTROS NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS PROPÕEM AO LEGISLATIVO MUNICIPAL, MOÇÃO DE APLAUSOS EM HOMENAGEM AOS PROFESSORES NOS SEGUINTES TERMOS:_x000D_
 “O Poder Legislativo de Lindoia tem a honra de homenagear  todos os professors a fim de comemorar o “Dia dos Professores “</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3791/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3791/arq.pdf</t>
   </si>
   <si>
     <t>A VEREADORA JUSSARA DEMATE PEREIRA  E OUTROS NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS PROPÕEM AO LEGISLATIVO MUNICIPAL, MOÇÃO DE APLAUSOS AOS PROFESSORES APOSENTADOS  JOÃO JOSÉ BULCK BEGUINI ,BENEDITA LAIS BEGHINI E MARIA APARECIDA TURRI NOS SEGUINTES TERMOS:_x000D_
 “O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor João José Bulck Beghini , a Senhora Maria Aparecida Turri  e a Senhora Benedita Lais Beghini pelos relevantes serviços prestados como professores  junto a E.E ‘Pedro de Toledo”  em nosso município”.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Carlos Alberto de Oliveira Machado, JULIANO, JUSSARA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3796/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3796/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear a senhorita Grazieli de Souza Cózaro pela recente convocação para a Seleção Brasileira de Caiaque Polo a fim de participar Campeonato Sul-americano da modalidade a ser realizado em dezembro na Argentina.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3797/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3797/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear o senhor Guilherme de Souza Cózaro pela recente convocação para a Seleção Brasileira de Caiaque Polo a fim de participar Campeonato Sul-americano da modalidade a ser realizado em dezembro na Argentina.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3798/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3798/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear a senhorita Rafaela Hipólito Cremasco pela recente convocação para a Seleção Brasileira de Caiaque Polo a fim de participar Campeonato Sul-americano da modalidade a ser realizado em dezembro na Argentina.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3807/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3807/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear o Sr. Elton Luiz de Moraes pelos relevantes serviços prestados frente à Diretoria Trânsito e Segurança Pública do Município de Lindoia.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3809/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3809/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor Joaquim Faria, em nosso município."</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3810/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3810/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor José Maria Bernardo, em nosso município."</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3817/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3817/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Senhor Rubens da Silva, em nosso município."</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3821/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3821/arq.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CARLOS ALBERTO DE OLIVEIRA MACHADO E OUTROS NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS PROPÕEM AO LEGISLATIVO MUNICIPAL, MOÇÃO DE APLAUSOS EM HOMENAGEM A SENHORA MARIA DE LOURDES FELLIPE DA SILVA, NOS SEGUINTES TERMOS:</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3822/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3822/arq.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CARLOS ALBERTO DE OLIVEIRA MACHADO E OUTROS NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS PROPÕEM AO LEGISLATIVO MUNICIPAL, MOÇÃO DE APLAUSOS EM HOMENAGEM AO SENHOR JOSÉ DIAS, NOS SEGUINTES TERMOS:</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3827/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3827/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear o Lindoiano futebol."</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3838/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3838/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Sebastião Barbosa De Castro “Mineiro”, em nosso município”</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>MAICON, 'BERTO SANTOS, EDNELSON, João Paulo Vieira Trevisan, JULIANO, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3841/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3841/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindóia tem a honra de homenagear o Grupo tradição caipira por celebrar cultura tradicional caipira, bem como representar regionalmente nossa amada Estância.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>OUT</t>
   </si>
   <si>
     <t>Outras matérias</t>
   </si>
   <si>
     <t>Poder Legislativo - PL</t>
   </si>
   <si>
     <t>Eleição da Presidência da Câmara</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>Munícipe</t>
   </si>
   <si>
     <t>Uso da Tribuna Livre pelo Munícipe Pedro Mendes Torteli_x000D_
 homenagem a Sra Maria Therezinha Demate Pereira</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3804/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3804/arq.pdf</t>
   </si>
   <si>
     <t>Pedido de uso de tribuna livre pelo Luiz Antonio Gianotto</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>Eleição de Membros da Mesa Diretora para o segundo biênio</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3701/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3701/arq.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei de Iniciativa do Poder Executivo 30/2022</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3538/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3538/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providêcias correlatas.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3539/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3539/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestrururação do cargo de provimento efetivo de Operador de Máquinas e estabelece outras providêcias</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3540/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3540/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos públicos que especifica e estabelece outras providências</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3551/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3551/arq.pdf</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3552/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3552/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre à implantação da Gratificação por desempenho de Atividade Delegada no Município da Estância Hidromineral de Lindóia e dá outras providência correlata.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3553/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3553/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral  de Lindoia abrir Crédito Adicional na Lei Orçamentária do Exercício de 2022, objetivando a execução de despesas com recursos vinculados do FUNDEB - Saldo Remanescente do Exercício de 2021 - Parcela Diferida e dá outras providências."</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3554/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3554/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de Crédito Adicional Especial e estabelece outras providências."</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3571/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3571/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial e estabelece outras providências</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3572/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3572/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional e estabelece outras providências</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3573/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3573/arq.pdf</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3574/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3574/arq.pdf</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3576/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3576/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Municipal realizar a baixa de créditos tributários prescritos, no âmbito do Município da Estância Hidromineral de Lindóia e dá outras providências.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3577/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3577/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional suplementar e dá outra providências.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3591/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3591/arq.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n° 1.154 de 22 de dezembro de 2009, que dispõe sobre a reorganização do Plano de Carreira e Remuneração do Magistério Público Municipal da Estância Hidromineral de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3592/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3592/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos públicos que especifica e estabelece outras providências."</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3593/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3593/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre criação da função de confiança de Coordenador de Ouvidoria Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3594/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3594/arq.pdf</t>
   </si>
   <si>
     <t>"Insere emendas aditivas no Plano Plurianual (PPA 2022/2025), da Lei de Diretrizes Orçamentárias (LDO 2022) e na Lei Orçamentária (LOA 2022), autoriza a abertura de crédito adicional especial e dá outras providências."</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3600/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3600/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Munícipio de Lindoia reconhecer e parcelar débitos existentes com o Estado de São Paulo, através de sua Secretaria de Turismo e dá outras providências</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3601/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3601/arq.pdf</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3606/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3606/arq.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 1.154 de 22 de dezembro de 2009, que dispõe sobre a reorganização do Plano de Carreira e Remuneração do Magistério Público Municipal da Estância Hidromineral de Lindoia e dá outras providências</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3609/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3609/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3610/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3610/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adiional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3642/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3642/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação do Conselho Tutelar no atendimento aos direitos da criança e do adolescente no Município da Estância Hidromineral de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3671/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3671/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para abertura de Crédito Adicional Especial e dá outras providências."</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3668/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3668/arq.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas para Concessão de Direito Real de Uso - CDRU de Imóvel de Titularidade, no âmbito do Município da Estância Hidromineral de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3669/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3669/arq.pdf</t>
   </si>
   <si>
     <t>"Adequa a tabela de vencimentos dos Professores de Educação Básica I e II - ADJUNTO - PAEB I e PAEB II e dá outras providências."</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3670/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3670/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para abertura de crédito adicional suplementar e dá outras providências."</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3672/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3672/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3673/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3673/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de Crédito Adicional Especial e dá outras providências</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3676/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3676/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial e Suplementar na Lei Orçamentária do Exercício de 2022, e dá outras providências</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3679/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3679/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Regime Excepcional de Sobreaviso e dá outras providências."</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3681/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3681/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2023 e dá outras providências."</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3686/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3686/arq.pdf</t>
   </si>
   <si>
     <t>Cria Conselho Municipal da Pessoa com Deficiência, e dá outtras providências</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3687/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3687/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  autorização para o Poder Executivo do Municipio da Estância Hidromineral de Lindóia abrir crédito Adicional Especial na Lei Orçamentária do Exercicio de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3699/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3699/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3700/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3700/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a celebrar convênio com o Estado de São Paulo através do Departamento de Estradas de Rodagem do Estado de São Paulo - DER/SP, e dá outras providências."</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3702/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3702/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindoia abrir Crédito Adicional Especial e Suplementar na Lei Orçamentária do Exercício de 2022, e dá outras providencias</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3703/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3703/arq.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento dos agentes comunitários de saúde e dos agentes de combate às endemias, em conformidade com a Emenda Constitucional 120/2022 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3710/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3710/arq.pdf</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3726/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3726/arq.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n° 974, de 31 de março de 2006, e a Lei Complementar n° 975, de 31 de março de 2006, dispondo sobre a Controladoria Interna do Município e extinguindo-se a Diretoria de Controle Interno e o cargo de Diretor de Controle Interno."</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3727/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3727/arq.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n° 974, de 31 de março de 2006, e a Lei Complementar n° 975, de 31 de março de 2006, nos dispositivos que indica e dá outras providências."</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3744/brn30055cee5f6e_051054.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3744/brn30055cee5f6e_051054.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir crédito adicional suplementar na Lei Orçamentária do exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3745/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3745/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Município da Estância Hidromineral de Lindóia abrir crédito adicional especial na lei orçamentária do exercício de 2022, e dá outras providências</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3750/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3750/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Estado de São Paulo, através da Secretaria da Segurança Pública e do Departamento Estadual de Trânsito - DETRAN, delegando o exercício da competência de trânsito atribuídas ao município pela Lei Federal nº 9.503, de 23 de setembro de 1997, e da outras providências</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3757/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3757/arq.pdf</t>
   </si>
   <si>
     <t>Cria a Patrulha Agrícola Mecanizada e dá outras providências correlatas</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3758/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3758/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Excepcional de Sobreaviso e dá outras providências</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3759/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3759/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no orçamento vigente do Poder Legislativo do Município de Lindoia e dá outras providências</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3762/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3762/arq.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município da Estância Hidromineral de Lindoia para o exercício de 2023.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3768/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3768/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município da Estância Hidromineral de Lindóia, abrir Crédito Adicional Especial na Lei Orçamentária vigente e dá outras providências</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3834/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3834/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Municipio da Estância Hidromineral de Lindóia abrir crédito Adicional Especial na Lei Orçamentária do Exercicio de 2022, objetivando a execução de despesas com recursos vinculados do FUNDEB e dá outras providências</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3835/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3835/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos públicos de provimento efetivo que especifica e estabelece outras providências</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3833/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3833/arq.pdf</t>
   </si>
   <si>
     <t>"Altera a redação da Lei Complementar n° 1621/2022 e estabelece outras providências."</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3836/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3836/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo do Municipio da Estância Hidromineral de Lindóia abrir Crédito Adicional Especial na Lei Orçamentária do Exercicio de 2022, e dá outras providências</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3541/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3541/arq.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual de remuneração dos servidores públicos no Quadro de Pessoal da Câmara Municipal de Lindóia</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3542/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3542/arq.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsidios dos agentes politicos do Municipio de Lindóia</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3589/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3589/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos da Lei n°1.485, de 17 de fevereiro de 2020 "</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3596/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3596/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos da Lei n° 1.388 de 19 de dezembro de 2016."</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3597/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3597/arq.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal 1.485 de 17 de fevereiro de 2020 que especifica e dá outras providências</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3718/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3718/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a readequação salarial dos Servidores Públicos do Poder Legislativo visando equeilibrar e preservar o poder aquisitivo</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>'BERTO SANTOS, Carlos Alberto de Oliveira Machado, EDNELSON, João Paulo Vieira Trevisan, JULIANO, JUSSARA, MAICON, Rafael de Sousa Pinto, TATA</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3767/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3767/arq.pdf</t>
   </si>
   <si>
     <t>"Define o limite de reserva de faixa não edificável ao longo das rodovias que atravessam o perímetro urbano ou área urbanizada passível de ser incluída em perímetro urbano e dá outras providências."</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3816/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3816/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de próprios públicos que especifica."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3796,67 +3796,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3656/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3675/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3680/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3709/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3781/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3761/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3605/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3651/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3765/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3766/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3776/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3777/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3778/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3780/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3788/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3794/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3795/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3799/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3800/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3801/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3808/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3815/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3819/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3820/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3842/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3595/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3704/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3684/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3685/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3728/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3729/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3837/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3579/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3581/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3583/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3616/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3637/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3638/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3639/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3640/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3641/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3643/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3644/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3645/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3646/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3649/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3650/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3658/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3659/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3660/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3713/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3708/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3714/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3715/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3717/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3725/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3722/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3738/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3746/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3747/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3748/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3764/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3770/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3771/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3783/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3792/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3793/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3543/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3544/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3545/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3546/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3547/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3548/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3549/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3550/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3567/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3568/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3569/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3570/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3555/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3556/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3557/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3558/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3559/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3560/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3561/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3562/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3563/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3564/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3565/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3566/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3575/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3578/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3585/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3586/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3587/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3588/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3590/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3598/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3599/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3602/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3603/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3604/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3607/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3608/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3611/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3612/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3613/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3614/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3617/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3618/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3619/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3620/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3621/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3622/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3623/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3624/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3625/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3626/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3627/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3628/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3629/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3630/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3631/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3632/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3633/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3634/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3635/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3636/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3647/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3648/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3653/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3663/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3664/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3654/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3655/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3657/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3661/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3662/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3665/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3666/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3667/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3677/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3678/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3682/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3683/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3688/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3689/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3690/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3691/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3692/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3693/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3694/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3695/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3696/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3697/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3698/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3706/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3711/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3712/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3716/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3719/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3720/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3721/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3723/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3724/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3730/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3731/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3732/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3733/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3734/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3735/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3736/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3737/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3739/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3740/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3741/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3742/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3743/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3749/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3751/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3752/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3753/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3754/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3755/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3756/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3760/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3763/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3769/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3773/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3774/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3775/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3772/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3779/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3782/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3784/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3787/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3785/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3789/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3802/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3803/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3806/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3818/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3811/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3812/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3813/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3814/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3823/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3824/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3825/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3826/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3830/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3829/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3828/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3831/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3832/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3839/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3840/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3584/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3615/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3705/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3707/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3786/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3790/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3791/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3796/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3797/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3798/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3807/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3809/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3810/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3817/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3821/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3822/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3827/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3838/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3841/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3804/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3701/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3538/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3539/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3540/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3551/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3552/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3553/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3554/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3571/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3572/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3573/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3574/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3576/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3577/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3591/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3592/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3593/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3594/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3600/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3601/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3606/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3609/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3610/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3642/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3671/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3668/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3669/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3670/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3672/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3673/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3676/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3679/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3681/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3686/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3687/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3699/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3700/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3702/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3703/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3710/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3726/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3727/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3744/brn30055cee5f6e_051054.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3745/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3750/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3757/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3758/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3759/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3762/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3768/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3834/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3835/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3833/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3836/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3541/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3542/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3589/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3596/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3597/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3718/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3767/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3816/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3656/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3675/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3680/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3709/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3781/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3761/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3605/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3651/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3765/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3766/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3776/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3777/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3778/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3780/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3788/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3794/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3795/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3799/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3800/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3801/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3808/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3815/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3819/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3820/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3842/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3595/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3704/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3684/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3685/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3728/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3729/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3837/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3579/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3581/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3583/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3616/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3637/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3638/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3639/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3640/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3641/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3643/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3644/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3645/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3646/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3649/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3650/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3658/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3659/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3660/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3713/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3708/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3714/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3715/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3717/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3725/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3722/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3738/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3746/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3747/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3748/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3764/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3770/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3771/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3783/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3792/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3793/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3543/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3544/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3545/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3546/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3547/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3548/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3549/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3550/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3567/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3568/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3569/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3570/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3555/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3556/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3557/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3558/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3559/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3560/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3561/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3562/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3563/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3564/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3565/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3566/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3575/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3578/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3585/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3586/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3587/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3588/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3590/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3598/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3599/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3602/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3603/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3604/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3607/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3608/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3611/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3612/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3613/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3614/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3617/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3618/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3619/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3620/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3621/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3622/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3623/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3624/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3625/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3626/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3627/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3628/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3629/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3630/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3631/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3632/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3633/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3634/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3635/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3636/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3647/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3648/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3653/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3663/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3664/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3654/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3655/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3657/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3661/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3662/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3665/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3666/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3667/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3677/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3678/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3682/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3683/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3688/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3689/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3690/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3691/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3692/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3693/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3694/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3695/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3696/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3697/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3698/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3706/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3711/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3712/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3716/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3719/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3720/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3721/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3723/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3724/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3730/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3731/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3732/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3733/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3734/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3735/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3736/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3737/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3739/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3740/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3741/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3742/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3743/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3749/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3751/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3752/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3753/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3754/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3755/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3756/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3760/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3763/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3769/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3773/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3774/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3775/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3772/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3779/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3782/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3784/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3787/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3785/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3789/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3802/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3803/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3806/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3818/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3811/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3812/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3813/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3814/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3823/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3824/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3825/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3826/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3830/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3829/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3828/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3831/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3832/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3839/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3840/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3584/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3615/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3705/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3707/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3786/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3790/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3791/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3796/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3797/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3798/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3807/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3809/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3810/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3817/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3821/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3822/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3827/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3838/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3841/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3804/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3701/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3538/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3539/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3540/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3551/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3552/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3553/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3554/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3571/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3572/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3573/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3574/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3576/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3577/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3591/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3592/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3593/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3594/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3600/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3601/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3606/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3609/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3610/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3642/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3671/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3668/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3669/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3670/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3672/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3673/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3676/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3679/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3681/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3686/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3687/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3699/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3700/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3702/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3703/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3710/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3726/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3727/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3744/brn30055cee5f6e_051054.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3745/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3750/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3757/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3758/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3759/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3762/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3768/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3834/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3835/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3833/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3836/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3541/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3542/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3589/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3596/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3597/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3718/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3767/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2022/3816/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H308"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>