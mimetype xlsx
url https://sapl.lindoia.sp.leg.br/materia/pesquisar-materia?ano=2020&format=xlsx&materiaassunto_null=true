--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -816,135 +816,135 @@
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3061/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Req. 81</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>Marcelo Loiola, Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln</t>
+    <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/881/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor João Arantes do Santos Sá Menezes"</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/882/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Aristóteles Muniz dos Santos Filho."</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Bruno Tardelli, Ademir Domingos do Couto, BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola</t>
+    <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/883/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano à Senhora Eliane Ribeiro do Prado."</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/884/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Marciel Vesco."</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
+    <t>Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/885/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadã Honorária Lindoiana a Senhora Maria Claudia Rodrigues Alves</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
+    <t>'BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1154/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Aparecido Francisco Gomes".</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>BERTO SANTOS</t>
+    <t>'BERTO SANTOS</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária Lindoaina a Senhora Lucimary Figueiredo.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2853/projeto_de_decreto_08.pdf</t>
   </si>
   <si>
     <t>"Rejeita as contas do Executivo Municipal, referentes ao exercício de 2017."</t>
   </si>
   <si>
     <t>3053</t>
   </si>
@@ -957,51 +957,51 @@
   <si>
     <t>Rejeita as contas do Executivo Municipal referentes ao exercício 2018.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Ariane Faria Alves, Luiz do Trailler</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3056/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Alexandre Vivanco Blanco."</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Lincoln, Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola</t>
+    <t>Lincoln, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3058/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Edson Del Nero Rosa."</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3059/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Marcelo Francisco Aparecido Cunha."</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>13</t>
   </si>
@@ -1014,96 +1014,96 @@
   <si>
     <t>Concede título de cidadã honorária Lindoiana à Silvana Sichieri de Godoy.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/886/arq.pdf</t>
   </si>
   <si>
     <t>"Institui Vale-alimentação aos Servidores Públicos do Poder Legislativo do Município da Estância Hidromineral de Lindoia SP e dá outras providências"</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>Mesa Diretora, Ademir Domingos do Couto, BERTO SANTOS, Eduardo Reschioto Pereira, Juninho Granconato</t>
+    <t>Mesa Diretora, Ademir Domingos do Couto, 'BERTO SANTOS, Eduardo Reschioto Pereira, Juninho Granconato</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/887/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza a doação de bem móvel inservível ao Órgão Público Estadual denominado de Corpo de Bombeiros da Policia Militar do Estado de São Paulo e dá outras providências".</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>Marcelo Loiola, Ademir Domingos do Couto, Ariane Faria Alves, BERTO SANTOS, Bruno Tardelli, Eduardo Reschioto Pereira, Juninho Granconato, Lincoln, Luiz do Trailler</t>
+    <t>Marcelo Loiola, Ademir Domingos do Couto, Ariane Faria Alves, 'BERTO SANTOS, Bruno Tardelli, Eduardo Reschioto Pereira, Juninho Granconato, Lincoln, Luiz do Trailler</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1308/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1470/arq.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução 04/2020</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1480/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos, para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>BERTO SANTOS, Ariane Faria Alves, Bruno Tardelli</t>
+    <t>'BERTO SANTOS, Ariane Faria Alves, Bruno Tardelli</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2805/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do recesso parlamentar da Câmara Municipal da Estância Hidromineral de Lindoia-SP e estabelece outras Providências".</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
@@ -1653,51 +1653,51 @@
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria de Obras informe a esta Casa Legislativa, o motivo do atraso da obra de plano de combate ao assoreamento do grande lago Lindoia - obras de infraestrutura no Parque Aquático I.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/825/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa, o valor arrecadado com a realização do leilão de veículos e equipamentos realizado no ano de 2019, bem como informe os valores arrecadados com cada bem, informando também os bens que não foram leiloados, em nosso município.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/824/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria de Obras informe a está Casa Legislativa, o motivo do atraso da obra de Construção da Unidade Básica de Saúde (UBS) no Conjunto Habitacional Ernesto Tardelli.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>Juninho Granconato, Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Lincoln, Marcelo Loiola</t>
+    <t>Juninho Granconato, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/880/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a está Casa Legislativa, a lista de votação da eleição do Conselho Tutelar, emitida pelo cartório eleitoral.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1094/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria de educação informe a esta Casa de Leis quais medidas estão sendo tomadas a fim de solucionar os problemas existentes no transporte escolar do município, relatados novamente por munícipes.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1102/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que envie a esta Casa de Leis cópia capa a capa do processo de licitatório 08/20 para a aquisição de três veículos, zero km, tipo Sedan, a serem utilizados pela Diretoria Municipal de Trânsito e Segurança Pública e diretoria Municipal de Saúde do Município de Lindóia-SP.</t>
   </si>
@@ -1914,51 +1914,51 @@
   <si>
     <t>REQUEREMOS, à Mesa nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa, quais são os membros do Comitê de Saúde de nosso município.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2796/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS a Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria de saúde informe a esta Casa de Leis, quais os índices mensais de taxas de isolamento social obtidos pelo município de Lindoia, referente aos meses de março, abril, maio e junho em nosso município.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2802/arq.pdf</t>
   </si>
   <si>
     <t>Cópia do Decreto que instituiu os membros do Comitê de Prevenção e Enfrentamento da crise causada pelo Coronavirus em nosso município.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>Bruno Tardelli, BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola</t>
+    <t>Bruno Tardelli, 'BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2803/arq.pdf</t>
   </si>
   <si>
     <t>Informações sobre quais os critérios utilizados na publicação dos decretos municipais no diário ofícial do município.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2827/arq.pdf</t>
   </si>
   <si>
     <t>Se a prefeitura tem conhecimento do descarte de entulhos realizado na proximidade do ginásio de Esportes Luiz Gonzaga Coli Beghini e da piscina Pública._x000D_
 - Se a prefeitura realizou o descarte de entulho no local_x000D_
 - Se a prefeitura autorizou o descarte de entulho no local_x000D_
 - Se a prefeitura tomou alguma medida a fim de coibir o descarte de entulho no local.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2834/arq.pdf</t>
   </si>
@@ -2016,88 +2016,88 @@
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2843/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do processo n]044/2020 referente ao convite nº 009/2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua Ver. Eufrosino Alves de Godoy.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2852/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que:_x000D_
 - Informe data, valor pago e empresa(s) responsável pelas três últimas limpezas realizadas na bomba de captação d'água localizadas na Rodovia Socorro/Lindoia._x000D_
 - Encaminhe cópia das notas fiscais, notas de liquidação e ordem de pagamento devidamente assinadas pelo responsável que autorizou o pagamento das referidas despesas.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
+    <t>'BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2856/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, EVA BENEDITA DE GODOI BASTOS, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>Marcelo Loiola, Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Rivaldo Ferreira Martins</t>
+    <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Rivaldo Ferreira Martins</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2872/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Poder Executivo para que informe a esta Casa de Leis:_x000D_
 - Se foi enviado a documentação solicitada para o andamento do Processo SIMA.027337/2019-24 da Secretaria de Infraestrutura e Meio Ambiente do Estado de São Paulo, visando a construção de um reservatório de água e um poço artesiano no bairro Parque Aquático pelo programa Sanebase - Conforme documentação em anexo.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>Bruno Tardelli</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2874/arq.pdf</t>
   </si>
   <si>
     <t>Se a prefeitura tem conhecimento do descarte de entulhos realizado na proximidade do ginásio de Esportes Luiz Gonzaga Coli Beghini e da piscina Pública. Se a prefeitura realizou o descarte de entulho no local. Se a prefeitura autorizou o descarte de entulho no local. Se a prefeitura tomou alguma medida a fim de coibir o descarte de entulho no local.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>Bruno Tardelli, Ademir Domingos do Couto, BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
+    <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2875/arq.pdf</t>
   </si>
   <si>
     <t>Se a prefeitura utilizou a porcentagem de remanejamento orçamentário previsto na LOA 2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua: Ver. Eufrosinho Alves de Godoy.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2876/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 68/2020, bem como de seu Memorial Descritivo referente a prestação de Serviços de Obras, visando o Recapemaneto Asfáltico em Diversas Ruas do Município, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>47</t>
   </si>
@@ -2287,83 +2287,83 @@
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2952/arq.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4°, do RICM, apresenta o seguinte requerimento a fim de, reiterar ao Chefe do Poder Executivo para que informe a esta Casa de Leis:_x000D_
 - Lista dos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Cópia dos CRLV dos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Relação com os nomes dos motoristas que conduziram os respectivos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Informe se os respectivos servidores receberam hora extra ou algum tipo de compensação financeira por participarem do evento no fim de semana.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2953/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, BORTHOLO JOSÉ PADAVINI formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>Lincoln, Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola, Rivaldo Ferreira Martins</t>
+    <t>Lincoln, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2957/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que em conjunto com a diretoria competente informe a esta casa de leis._x000D_
 - Quantos servidores estão efetivos na Assistência Social, em nosso município.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2992/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa._x000D_
 - Quantas cestas básicas foram distribuídas desde Janeiro de 2020 até a presente data;_x000D_
 - Relação dos munícipes que foram beneficiados;_x000D_
 - A quantidade de cestas entregues mensalmente;_x000D_
 - Quais os itens que compõem, cada cesta básica.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
+    <t>Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2997/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que em conjunto com a diretoria de Trânsito e Segurança Pública informe a esta Casa de Leis de que maneira é coordenada e desempenhada as fiscalizações periódicas dos Taxistas permissionários de Serviço Público no Município, bem como quantas autuações (Poder de Polícia Administrativa), o Poder executivo efetuou nos últimos 2 (dois) anos e se houve alguma operação específica da Diretoria visando coibir possíveis irregularidades que possam prejudicar o Direito ao Transporte dos Munícipes Lindoianos.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2998/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a Diretoria de Obras, Serviços Públicos e Transportes - DOSPT informe a esta Casa de Leis qual é a porcentagem de dejetos domiciliares coletados e tratados pelo Município anualmente, iniciando-se do ano de 2017 até o corrente ano.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>67</t>
   </si>
@@ -2931,51 +2931,51 @@
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor responsável, realiza estudo para verificar a possibilidade de instalação de redutor de velocidade na Estrada Municipal Angelo Antonio Merola, em frente ao Restaurante Rancho do Vale.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1466/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor responsável, providencie manutenção no asfalto em toda extensão da rua Benedito Dematte.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1462/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria competente, para que realize a reforma do Campo de futebol society, existente no recinto de Exposições Prefeito Antonio Toledo, realizando a substituição do gramado do campo, bem como reforma na drenagem e demais reparos que se fizerem necessários.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>Bruno Tardelli, Ademir Domingos do Couto, BERTO SANTOS, Eduardo Reschioto Pereira, Juninho Granconato, Lincoln, Marcelo Loiola</t>
+    <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Eduardo Reschioto Pereira, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1463/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal para que juntamente com o setor competente realize a ENTREGA DE CESTAS BÁSICAS E KITS DE HIGIENE para as famílias em situação de vulnerabilidade existentes em nosso município.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1469/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a construção de um ponto de ônibus na AV. 31 de Março, ao lado da rua Valdemar Franco de Souza, em nosso município.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1475/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente, para que realize a distribuição de máscaras para população principalmente para os mais vulneráveis em nosso município, em virtude da pandemia Covid-19.</t>
   </si>
@@ -3177,51 +3177,51 @@
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, realize o teste rápido da COVID-19 nos servidores públicos municipais, profissionais da área da Saúde, Segurança Pública, fiscais e colaboradores que vêm atuando junto aos serviços essenciais em nossa cidade.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2609/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize a instalação de um ponto de Ônibus escolar no Bairro Indio de Ouro em nosso município.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2620/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a limpeza e dedetização em toda a extensão de nosso Município.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>Bruno Tardelli, Ademir Domingos do Couto, BERTO SANTOS, Juninho Granconato, Lincoln</t>
+    <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lincoln</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2619/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Sr. Presidente da Câmara Municipal, para que realize teste-rápido da COVID-19 nos servidores públicos da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2786/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente, realize a fiscalização dos táxis para que se adequem a Lei Municipal nº• 1485 de 17 de fevereiro de 2020, em nosso município.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2787/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente providêncie o conserto e manutenção das placas de identificação com o nome das ruas de nosso município.</t>
   </si>
@@ -3837,51 +3837,51 @@
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2934/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, realize convênio com o Estado de São Paulo, para instalação de uma agência do Banco do Povo, em nosso município.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2935/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a operação tapa buracos ou recapeamento asfáltico na Av: do Contorno em nosso município.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>Rivaldo Ferreira Martins, Ademir Domingos do Couto, BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
+    <t>Rivaldo Ferreira Martins, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2940/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie a instalação de corrimões na escada localizada no final da Rua: Major Joaquim de Souza, em nosso município.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>José Pereira da Silva</t>
   </si>
   <si>
     <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2941/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal, que em conjunto com a Diretoria competente, para que realize a construção de uma calçada na Av: Do Lago no início da segunda comporta, com seu término na estação de tratamento de esgoto, em nosso município.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
@@ -5439,51 +5439,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2652/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1478/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1485/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1847/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1848/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1983/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1972/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2001/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2653/resposta_req._17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2701/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2702/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2703/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2763/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2785/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2788/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2800/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2799/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2830/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2817/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2815/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2816/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2814/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2829/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2869/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2868/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2939/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2916/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2918/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2919/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2921/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2920/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2922/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2924/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2936/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2955/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2956/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2949/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2978/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2977/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2987/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3038/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3027/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3028/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3029/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3030/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3031/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3032/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3034/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3033/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3036/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3035/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3037/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3042/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3061/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/881/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/882/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/883/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/884/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/885/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1154/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2853/projeto_de_decreto_08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3053/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3056/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3058/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3059/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3060/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/886/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/887/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1308/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1470/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1480/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2805/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/826/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/831/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/833/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/835/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/840/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/841/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/842/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/843/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/844/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1486/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1487/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1488/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1602/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1604/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2844/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2847/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2846/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2848/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2845/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2831/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2810/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2811/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2855/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2863/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2913/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2914/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2915/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2938/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3044/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3045/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3046/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3047/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3048/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3055/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3054/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2008/parecer_cip.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3049/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3050/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/828/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/827/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/825/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/824/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/880/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1094/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1102/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1103/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1158/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1481/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1483/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1484/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1578/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1582/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1594/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1788/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2490/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2605/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2618/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2617/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2630/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2791/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2792/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2796/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2802/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2803/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2827/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2834/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2835/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2836/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2837/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2839/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2840/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2843/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2852/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2856/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2872/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2874/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2875/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2876/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2877/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2878/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2879/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2880/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2886/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2887/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2888/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2891/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2893/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2904/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2906/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2927/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2950/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2951/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2952/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2953/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2957/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2992/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2997/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2998/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3002/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3001/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3005/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3015/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3018/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3019/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3020/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3021/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3022/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3023/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3041/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3051/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3057/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/623/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/624/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/829/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/830/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/832/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/834/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/836/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/837/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/700/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/699/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/698/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/697/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/696/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/733/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/838/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/875/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/877/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/878/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/876/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/879/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1093/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1095/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1100/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1101/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1104/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1105/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1107/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1152/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1153/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1155/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1156/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1157/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1231/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1233/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1707/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1464/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1465/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1466/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1462/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1463/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1469/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1475/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1477/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1479/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1482/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1579/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1580/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1581/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1653/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1665/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2453/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2454/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2455/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2554/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2606/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2608/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2609/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2620/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2619/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2786/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2787/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2789/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2793/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2794/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2795/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2797/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2798/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2801/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2804/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2807/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2809/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2818/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2819/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2820/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2822/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2823/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2824/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2825/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2826/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2828/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2832/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2833/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2842/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2850/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2851/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2859/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2860/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2861/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2862/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2864/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2865/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2866/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2870/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2881/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2882/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2883/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2884/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2885/arq.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2889/arq.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2890/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2898/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2899/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2900/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2901/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2902/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2903/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2905/arq.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2907/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2908/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2911/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2926/arq.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2928/arq.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2929/arq.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2930/arq.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2931/arq.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2932/arq.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2933/arq.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2934/arq.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2935/arq.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2940/arq.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2941/arq.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2942/arq.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2943/arq.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2944/arq.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2945/arq.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2946/arq.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2947/arq.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2948/arq.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2954/arq.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2958/arq.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2959/arq.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2960/arq.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2961/arq.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2962/arq.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2963/arq.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2964/arq.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2965/arq.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2966/arq.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2967/arq.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2968/arq.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2969/arq.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2970/arq.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2971/arq.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2972/arq.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2973/arq.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2974/arq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2975/arq.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2976/arq.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2979/arq.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2980/arq.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2981/arq.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2988/arq.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2989/arq.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2990/arq.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2991/arq.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2993/arq.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2994/arq.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2995/arq.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2996/arq.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3003/arq.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3004/arq.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3006/arq.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3007/arq.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3008/arq.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3009/arq.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3010/arq.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3011/arq.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3012/arq.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3013/arq.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3014/arq.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3016/arq.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3017/arq.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3025/arq.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3039/arq.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3040/arq.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3043/arq.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3052/arq.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/554/arq.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1468/arq.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/arq.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2821/arq.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2849/arq.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2867/arq.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1096/arq.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2912/arq.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3024/arq.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2917/arq.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2982/arq.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3063/arq.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/543/arq.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/551/arq.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/544/arq.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/548/arq.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/550/arq.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/549/arq.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/552/arq.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/839/arq.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1097/arq.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1098/arq.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1099/arq.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1159/arq.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/arq.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/arq.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/arq.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1417/arq.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1467/arq.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1471/arq.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1472/arq.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1473/arq.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1474/arq.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1476/arq.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1489/arq.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1595/arq.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1696/arq.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/arq.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/arq.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2539/arq.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2538/arq.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2790/arq.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2838/arq.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2808/arq.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2841/arq.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2892/arq.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2896/arq.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2897/arq.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2925/arq.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2937/arq.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2983/arq.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2984/arq.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2985/arq.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2986/arq.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3026/projeto_de_lei_44_2020-corrigido.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/620/arq.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/545/arq.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1656/arq.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2655/arq.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2806/arq.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2812/arq.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2813/arq.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2857/arq.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2858/arq.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2871/arq.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2909/arq.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2910/arq.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3062/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H471"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="147.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="148.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>