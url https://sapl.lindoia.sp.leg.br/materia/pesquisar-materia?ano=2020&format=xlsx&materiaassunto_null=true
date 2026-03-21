--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -54,5070 +54,5070 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>OFI-E</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2652/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2652/arq.pdf</t>
   </si>
   <si>
     <t>Resposta requerimento 15/2020</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 04, 05 e 02/2020</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 06/2020</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento n° 08/2020</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°03/2020.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°01/2020.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 07/2020.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/arq.pdf</t>
   </si>
   <si>
     <t>Solicitando dilação de prazo por mais 10 (dez) dias de sorte a prestar as informações inseridas no Requerimento 09/2020</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1478/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1478/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 09/2020.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1485/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1485/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 10/2020</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1847/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1847/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 11</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1848/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1848/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 12/2020</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1983/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1983/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Req. 13/2020</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1972/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1972/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 16/2020</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2001/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2001/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Req. 16/2020</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 21/2020</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 14/2020</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2653/resposta_req._17.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2653/resposta_req._17.pdf</t>
   </si>
   <si>
     <t>Resposta requerimento 17/2020</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2701/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2701/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 20/2020</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2702/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2702/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 18/2020</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2703/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2703/arq.pdf</t>
   </si>
   <si>
     <t>Encaminhando Decreto 2465.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2763/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2763/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 24/2020</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2785/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2785/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 27/2020.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2788/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2788/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 25/2020</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2800/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2800/arq.pdf</t>
   </si>
   <si>
     <t>Resposta requerimento 19/2020.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2799/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2799/arq.pdf</t>
   </si>
   <si>
     <t>Resposta requerimento 23/2020.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2830/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2830/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 22/2020</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2817/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2817/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 32/2020.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2815/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2815/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 28/2020.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2816/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2816/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 30/2020</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2814/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2814/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 26/2020.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2829/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2829/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimentos 29 e 31/2020.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2869/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2869/arq.pdf</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos 33/2020, 34/2020, 35/2020, 36/2020, 37/2020, 38/2020, 39/2020 e 40/2020.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2868/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2868/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento N° 41/2020.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2939/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2939/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 45/2020</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2916/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2916/arq.pdf</t>
   </si>
   <si>
     <t>Resposta do Requerimento n° 49/2020.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2918/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2918/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 46/2020.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2919/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2919/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 47/2020.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2921/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2921/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 50/2020.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2920/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2920/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 48/2020.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2922/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2922/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 44/2020</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2924/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2924/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento n° 43/2020.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2936/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2936/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 52/2020.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2955/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2955/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento n° 55/2020.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2956/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2956/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento n° 51/2020.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2949/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2949/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 53/2020.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2978/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2978/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 57/2020 (reiterado em 14/09 pelo Requerimento n° 60/2020).</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2977/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2977/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento n° 63/2020.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2987/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2987/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 60/2020.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3038/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3038/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento 69/2020</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3027/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3027/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 67/2020.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3028/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3028/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 64/2020.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3029/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3029/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 65/2020.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3030/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3030/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 66/2020.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3031/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3031/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 70/2020.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3032/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3032/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 71/2020.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3034/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3034/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 68/2020.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3033/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3033/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 72/2020.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3036/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3036/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 76/2020.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3035/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3035/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 75/2020.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3037/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3037/arq.pdf</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos n°s 56 e 59/2020.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3042/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3042/arq.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento n° 74/2020.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3061/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3061/arq.pdf</t>
   </si>
   <si>
     <t>Resposta Req. 81</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/881/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/881/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor João Arantes do Santos Sá Menezes"</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/882/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/882/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Aristóteles Muniz dos Santos Filho."</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/883/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/883/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano à Senhora Eliane Ribeiro do Prado."</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/884/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/884/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Marciel Vesco."</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/885/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/885/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadã Honorária Lindoiana a Senhora Maria Claudia Rodrigues Alves</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>'BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1154/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1154/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Aparecido Francisco Gomes".</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>'BERTO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Honorária Lindoaina a Senhora Lucimary Figueiredo.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2853/projeto_de_decreto_08.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2853/projeto_de_decreto_08.pdf</t>
   </si>
   <si>
     <t>"Rejeita as contas do Executivo Municipal, referentes ao exercício de 2017."</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3053/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3053/arq.pdf</t>
   </si>
   <si>
     <t>Rejeita as contas do Executivo Municipal referentes ao exercício 2018.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Ariane Faria Alves, Luiz do Trailler</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3056/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3056/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Alexandre Vivanco Blanco."</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Lincoln, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3058/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3058/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Edson Del Nero Rosa."</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3059/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3059/arq.pdf</t>
   </si>
   <si>
     <t>"Concede título de Cidadão Honorário Lindoiano ao Senhor Marcelo Francisco Aparecido Cunha."</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Ademir Domingos do Couto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3060/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3060/arq.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadã honorária Lindoiana à Silvana Sichieri de Godoy.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/886/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/886/arq.pdf</t>
   </si>
   <si>
     <t>"Institui Vale-alimentação aos Servidores Públicos do Poder Legislativo do Município da Estância Hidromineral de Lindoia SP e dá outras providências"</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>Mesa Diretora, Ademir Domingos do Couto, 'BERTO SANTOS, Eduardo Reschioto Pereira, Juninho Granconato</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/887/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/887/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza a doação de bem móvel inservível ao Órgão Público Estadual denominado de Corpo de Bombeiros da Policia Militar do Estado de São Paulo e dá outras providências".</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, Ariane Faria Alves, 'BERTO SANTOS, Bruno Tardelli, Eduardo Reschioto Pereira, Juninho Granconato, Lincoln, Luiz do Trailler</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1308/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1308/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1470/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1470/arq.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução 04/2020</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1480/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1480/arq.pdf</t>
   </si>
   <si>
     <t>Determina procedimentos preventivos, para fins de prevenção à infecção e à propagação do COVID-19 no âmbito da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>'BERTO SANTOS, Ariane Faria Alves, Bruno Tardelli</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2805/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2805/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do recesso parlamentar da Câmara Municipal da Estância Hidromineral de Lindoia-SP e estabelece outras Providências".</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/826/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/826/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Projeto de Lei complementar nº 02/2020 que especifica</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/831/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/831/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 11/2019".</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/833/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/833/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 003/2020 que especifica"</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>Luiz do Trailler, Ariane Faria Alves, Eduardo Reschioto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/835/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/835/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei complementar nº 02/2020 que especifica".</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/840/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/840/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 02/2020 que especifica"</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/841/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/841/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 04/2020 que especifica"</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/842/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/842/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 05/2020 que especifica"</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/843/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/843/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 06/2020 que especifica"</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/844/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/844/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos do Projeto de Lei nº 07/2020 que especifica"</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Projeto de Lei Complementar nº 11/2020 que especifica</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei n° 22/2019 e estabelece outras providências</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei N° 09/2020 e estabelece outras providências</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei N° 10/2020 e estabelece outras providências</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1486/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1486/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei Nº 19/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1487/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1487/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei Nº 20/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1488/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1488/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei Nº 21/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1602/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1602/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei Complementar nº 12/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1604/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1604/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 22/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 24/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 15/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei do Legislativo nº 03 /2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 23/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos ao Projeto de Lei nº 25/2020.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2844/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2844/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 27/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2847/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2847/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei n] 28/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2846/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2846/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 29/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2848/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2848/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei do Legislativo nº 04/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2845/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2845/arq.pdf</t>
   </si>
   <si>
     <t>Modica dispositivos que especifica no Projeto de Lei 16/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2831/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2831/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que  especifica no Projeto de Lei nº 13/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2810/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2810/arq.pdf</t>
   </si>
   <si>
     <t>Modifica os dispositivos que especifica no Projeto de Lei nº 17/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2811/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2811/arq.pdf</t>
   </si>
   <si>
     <t>Suprime dispositivos que especifica no Projeto de Lei nº 17/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2855/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2855/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que especifica no Projeto de Lei nº 32/2020 e estabelece outras providências</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2863/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2863/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos que especifica no Projeto de Lei n° 30/2020 e estabelece outras providências."</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Modifica dispositivos que  especifica no Projeto de Lei nº 33/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2913/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2913/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 35/2020 e estabelece outras providencias</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2914/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2914/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 36/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2915/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2915/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 37/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2938/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2938/arq.pdf</t>
   </si>
   <si>
     <t>"Modifica dispositivos que especifica no Projeto de Lei do Legislativo n° 11/2020 e estabelece outras providências."</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3044/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3044/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 39/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3045/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3045/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 40/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3046/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3046/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 41/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3047/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3047/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 42/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3048/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3048/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 43/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3055/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3055/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 44/2020 e estabelece outras providencias.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3054/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3054/arq.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos que especifica no Projeto de Lei nº 44/2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2008/parecer_cip.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2008/parecer_cip.pdf</t>
   </si>
   <si>
     <t>Parecer Final da Comissão de Investigação e Processante</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3049/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3049/arq.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões Permanentes de Justiça e Redação e de Finanças e Orçamentos ao Projeto de Lei Complementar n° 12/2020 e Emendas Modificativas.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>COS - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E ATIVIDADES</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3050/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3050/arq.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de obras, serviços e atividades privadas ao Projeto de lei n° 16/2020.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/828/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/828/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa, o valor arrecadado com o projeto de lei 1.460, (PPI), Programa de Pagamento Incentivado, em nosso município.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/827/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/827/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria de Obras informe a esta Casa Legislativa, o motivo do atraso da obra de plano de combate ao assoreamento do grande lago Lindoia - obras de infraestrutura no Parque Aquático I.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/825/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/825/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa, o valor arrecadado com a realização do leilão de veículos e equipamentos realizado no ano de 2019, bem como informe os valores arrecadados com cada bem, informando também os bens que não foram leiloados, em nosso município.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/824/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/824/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria de Obras informe a está Casa Legislativa, o motivo do atraso da obra de Construção da Unidade Básica de Saúde (UBS) no Conjunto Habitacional Ernesto Tardelli.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>Juninho Granconato, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/880/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/880/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a está Casa Legislativa, a lista de votação da eleição do Conselho Tutelar, emitida pelo cartório eleitoral.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1094/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1094/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria de educação informe a esta Casa de Leis quais medidas estão sendo tomadas a fim de solucionar os problemas existentes no transporte escolar do município, relatados novamente por munícipes.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1102/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1102/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que envie a esta Casa de Leis cópia capa a capa do processo de licitatório 08/20 para a aquisição de três veículos, zero km, tipo Sedan, a serem utilizados pela Diretoria Municipal de Trânsito e Segurança Pública e diretoria Municipal de Saúde do Município de Lindóia-SP.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1103/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1103/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que informe a esta Casa de Leis quais empresas estão cadastradas e autorizadas a atuar para a prestação de serviços de vigilância no município de Lindoia.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1158/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1158/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a está Casa Legislativa, a relação completa dos veículos, marca, modelo, placa e cópia do documento que compõem a frota da diretoria da educação, bem como informar o nome dos motoristas e a atual condições dos veículos.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que em conjunto com a diretoria de saúde informe a esta Casa de Leis quais medidas estão sendo tomadas em relação ao COVID-19, em nosso município.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1481/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1481/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que informe a esta Casa de Leis, relação completa de Servidores que compõe a Diretoria Municipal de Saúde, informando nome, cargo e data de admissão.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1483/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1483/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa nos termos regimentais, que seja oficiado o chefe do Poder Executivo para que informe a esta Cada de Leis, qual o motivo do município ainda não possuir o Comitê de Prevenção e Enfrentamento da crise causada pelo Coronavirus.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1484/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1484/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que informe a esta Casa de Leis, se a prefeitura possui contrato com laboratórios para realização de exames (testes) para detecção do COVID-19, bem como informar quais os procedimentos adotados para atestar os casos confirmados e descartados no município e quantos exames foram realizados no momento.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1578/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1578/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente encaminhe a esta Casa Legislativa, cópia capa a capa dos processos, tomada de preço 07/2014, referente ao contrato 135/2014 e carta convite 22/2015, referente 102/2015 que trata sobre a obra de reforma do Estádio Municipal Pedro Torteli, bem como encaminhar cópia do termo de entrega provisório e definitivo da obra.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1582/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1582/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa:_x000D_
 -Quantos alunos estão matriculados na rede municipal de ensino;_x000D_
 -Quantos alunos realizaram o cadastro para adesão do Kit de alimentação distribuido pela prefeitura municipal;_x000D_
 -Quais os itens que compõem o Kit alimentação, informando a quantidade;_x000D_
 -Quantos Kits foram adquiridos e qual o valor unitário de cada Kit.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1594/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1594/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente encaminhe a esta Casa Legislativa, cópias das atas das reuniões do “Comtur", relativos aos projetos de autoria do poder Executivo, 15/2020 e 16/2020, recursos oriundos da Secretária de Turismo - DADE</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que envie a esta Casa de Leis, cópia dos contratos celebrados pela prefeitura a partir de 01 de Março até a presente data, sendo facultado o encaminhamento dos mesmos em mídia eletrônica a fim de se prestigiar a economia de recursos públicos.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1788/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1788/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria competente informe a esta casa de leis o local que estão sendo descartados os entulhos, equipamentos elétricos e móveis domésticos em nosso município.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria de saúde encaminhe a esta Casa de Leis as seguintes informações relativas a realização das barreiras sanitárias:_x000D_
 - Quais os critérios utilizados para não terem realizado as barreiras sanitárias diariamente nas entradas do nosso Município, desde o início da pandemia;_x000D_
 - Informe o dia, local e horário pelos quais as barreiras forma realizadas;_x000D_
 - Informe os nomes dos servidores que participaram;_x000D_
 - Encaminhe cópia dos relatórios elaborados.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria de Trânsito encaminhe a esta Casa de Leis em mídia digital, cópia das imagens do circuito municipal de monitoramento, referente ao período de 19 a 25 de maio de 2020, das câmeras:_x000D_
 - Praça Getúlio Vargas;_x000D_
 - Corpo de Bombeiros;_x000D_
 - Coronel Estevam Franco/Major Joaquim de Souza.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/arq.pdf</t>
   </si>
   <si>
     <t>- Informar quais os dias, locais e horários que foram realizadas a limpeza e higienização das calçadas e ruas do município;_x000D_
 - Informar quais os dias, locais e horários que serão realizadas a limpeza e higienização das calçadas e ruas do município;_x000D_
 - Informar quais veículos estão sendo utilizados para a realização da limpeza e higienização das calçadas e ruas do município;_x000D_
 - Informar os nomes dos servidores responsáveis pela realização da limpeza e higienização das calçadas e ruas do município.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto a diretoria competente informe a esta Casa de Leis quais medidas foram tomadas para fiscalização da lei 1485, quantos pontos de táxis estão em atividade, quais estão regular, quais são os proprietários de cada ponto, assim como cópia dos pontos de nosso município.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2490/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2490/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para em conjunto com a diretoria competente informe a esta casa de leis, quais são os veículos identificados como de uso oficial de acordo com o Art. 115. § 3° do código Brasileiro de trânsito, bem como os critérios empregados para identificar esses veículos como de uso oficial de acordo com o Art. 37 do CRFB, em nosso município.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2605/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2605/arq.pdf</t>
   </si>
   <si>
     <t>Informações sobre qual foi o critério utilizado para a definição de quais ruas deveriam ser recapeadas recentemente em nosso município.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2618/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2618/arq.pdf</t>
   </si>
   <si>
     <t>Cópia do Contrato 1000/2018 firmado com o Consorcio Intermunicipal de Saúde (CONISCA).</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2617/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2617/arq.pdf</t>
   </si>
   <si>
     <t>Informações sobre a quantidade de testes para COVID-19 que foram adquiridos/recebidos pela Administração_x000D_
 Informações sobre a quantidade de testes para COVID-19 que foram realizados pela Administração.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2630/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2630/arq.pdf</t>
   </si>
   <si>
     <t>Informações sobre o motivo de até a presente data não ter sido emitido Decreto a fim de regulamentar o Decreto Estadual nº 64.994, de 28 de maio de 2020 no âmbito do Município de Lindoia.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2791/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2791/arq.pdf</t>
   </si>
   <si>
     <t>Ao Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa, quais medidas estão sendo tomadas ao combate da dengue e quais são os membros que compõe a equipe de nosso município.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2792/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2792/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa, quais são os membros do Comitê de Saúde de nosso município.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2796/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2796/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS a Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria de saúde informe a esta Casa de Leis, quais os índices mensais de taxas de isolamento social obtidos pelo município de Lindoia, referente aos meses de março, abril, maio e junho em nosso município.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2802/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2802/arq.pdf</t>
   </si>
   <si>
     <t>Cópia do Decreto que instituiu os membros do Comitê de Prevenção e Enfrentamento da crise causada pelo Coronavirus em nosso município.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>Bruno Tardelli, 'BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2803/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2803/arq.pdf</t>
   </si>
   <si>
     <t>Informações sobre quais os critérios utilizados na publicação dos decretos municipais no diário ofícial do município.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2827/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2827/arq.pdf</t>
   </si>
   <si>
     <t>Se a prefeitura tem conhecimento do descarte de entulhos realizado na proximidade do ginásio de Esportes Luiz Gonzaga Coli Beghini e da piscina Pública._x000D_
 - Se a prefeitura realizou o descarte de entulho no local_x000D_
 - Se a prefeitura autorizou o descarte de entulho no local_x000D_
 - Se a prefeitura tomou alguma medida a fim de coibir o descarte de entulho no local.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2834/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2834/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria competente informe a esta casa de leis:_x000D_
 Se a prefeitura utilizou a porcentagem de remanejamento orçamentário previsto na LOA 2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua: Ver. Eufrosinho Alves de Godoy.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2835/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2835/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a diretoria competente informe a esta casa de leis:_x000D_
 - Qual o procedimento licitatório foi utilizado para firmar o contrato 071/2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua: Ver. Eufrosinho Alves de Godoy.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2836/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2836/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 68/2020, bem como de seu Memorial Descritivo referente a prestação de Serviços de Obras,  visando o Recapeamento Asfáltico em Diversas Ruas do Município, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2837/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2837/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 69/2020, referente a Prestação de serviços de elaboração de Pojetos Básicos de Engenharia e demais documentos necessários para a celebração de Convênios com o Governo do Estado de Sâo Paulo.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2839/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2839/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
 -Cópia capa a capa do contrato 105/2018, bem como seus Termos Aditivos referente a prestação de serviços técnicos de Assessoria na área de patrimônio para levantamento, emplaquetamento, registro e demais procedimentos junto à Prefeitura Municipal da Estância Hidromineral de Lindoia.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2840/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2840/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que forneça a esta Casa de Leis:_x000D_
 - Cópia capa a capa do contrato 06/2018, bem como de seus Termos aditivos referente a prestação de Serviços de Obras, visando o Plano de Combate ao assoreamento do Grande Lago Lindoia - Obras de Infraestrutura no Parque Aquático I.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2843/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2843/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do processo n]044/2020 referente ao convite nº 009/2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua Ver. Eufrosino Alves de Godoy.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2852/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2852/arq.pdf</t>
   </si>
   <si>
     <t>Requeremos, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que:_x000D_
 - Informe data, valor pago e empresa(s) responsável pelas três últimas limpezas realizadas na bomba de captação d'água localizadas na Rodovia Socorro/Lindoia._x000D_
 - Encaminhe cópia das notas fiscais, notas de liquidação e ordem de pagamento devidamente assinadas pelo responsável que autorizou o pagamento das referidas despesas.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>'BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2856/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2856/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora, EVA BENEDITA DE GODOI BASTOS, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Rivaldo Ferreira Martins</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2872/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2872/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Poder Executivo para que informe a esta Casa de Leis:_x000D_
 - Se foi enviado a documentação solicitada para o andamento do Processo SIMA.027337/2019-24 da Secretaria de Infraestrutura e Meio Ambiente do Estado de São Paulo, visando a construção de um reservatório de água e um poço artesiano no bairro Parque Aquático pelo programa Sanebase - Conforme documentação em anexo.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>Bruno Tardelli</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2874/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2874/arq.pdf</t>
   </si>
   <si>
     <t>Se a prefeitura tem conhecimento do descarte de entulhos realizado na proximidade do ginásio de Esportes Luiz Gonzaga Coli Beghini e da piscina Pública. Se a prefeitura realizou o descarte de entulho no local. Se a prefeitura autorizou o descarte de entulho no local. Se a prefeitura tomou alguma medida a fim de coibir o descarte de entulho no local.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2875/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2875/arq.pdf</t>
   </si>
   <si>
     <t>Se a prefeitura utilizou a porcentagem de remanejamento orçamentário previsto na LOA 2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua: Ver. Eufrosinho Alves de Godoy.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2876/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2876/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 68/2020, bem como de seu Memorial Descritivo referente a prestação de Serviços de Obras, visando o Recapemaneto Asfáltico em Diversas Ruas do Município, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2877/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2877/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 69/2020, referente a Prestação de serviços de elaboração de Projetos Básicos de Engenharia e demais documentos necessários para a celebração de Convênios com o Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2878/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2878/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 105/2018, bem como seus Termos Aditivos referente a prestação de serviços técnicos de Assessoria na área de patrimônio para levantamento, emplaquetamento, registro e demais procedimentos junto à Prefeitura Municipal da Estância Hidromineral de Lindoia.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2879/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2879/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do contrato 06/2018, bem como de seus Termos aditivos referente a prestação de Serviços de Obras, visando o Plano de Combate ao assoreamento do Grande Lago Lindoia - Obras de Infraestrutura no Parque Aquático I.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Lincoln</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2880/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2880/arq.pdf</t>
   </si>
   <si>
     <t>Cópia capa a capa do processo n° 44/2020 referente ao convite n° 009/2020, para realização da obra de implantação de iluminação ornamental no corredor turístico do matão, Rua Ver. Eufrosino Alves de Godoy.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2886/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2886/arq.pdf</t>
   </si>
   <si>
     <t>- Lista dos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Cópia dos CRLV dos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Relação com os nomes dos motoristas que conduziram os respectivos veículos que participaram do desfile de entrega ocorrido em 31 de julho de 2020._x000D_
 - Informe se os respectivos servidores receberam hora extra ou algum tipo de compensação financeira por participarem do evento no fim de semana.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2887/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2887/arq.pdf</t>
   </si>
   <si>
     <t>- Se existem servidores municipais da saúde testados positivo para o Covid-19;_x000D_
 - Informar a quantidade de servidores que estão em isolamento de acordo com os protocolos da (OMS);_x000D_
 - Informar se o município realizou ou irá realizar contração emergencial de profissionais para suprir à demanda dos serviços de saúde.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2888/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2888/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a Diretoria competente preste as seguintes informações a esta Casa de Leis, referente a adesão do repasse emergencial de recursos Federais para execução de ações socioassistenciais, decorrente do novo coronavírus COVID-19:_x000D_
 - Se o município realizou o cadastro de adesão?_x000D_
 - Se o município realizou o preenchimento e encaminhamento do plano de ação previsto na portaria 369 de 29 de Abril de 2020 do Ministério da Cidadania?_x000D_
 - Em caso positivo, quais os valores que foram ou serão repassados ao município?_x000D_
 - Em caso positivo, encaminha cópia do Termo de Aceite e compromisso, bem como cópia do seu respectivo Plano de Ação.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2891/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2891/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, SEBASTIÃO PEDRO LOPES formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2893/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2893/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos Termos Regimentais, que seja oficiado o Presidente do Conisca para que preste esclarecimentos a esta casa de Leis, referente aos testes da Covid-19._x000D_
 - Quantos testes do Covid-19 foram adquiridos ou recebidos;_x000D_
 - Quantos testes do Covid-19 foram disponibilizados aos municípios;_x000D_
 - Informe se foi realizada testagem da Covid-19 nos servidores do Conisca, em caso negativo informe o motivo da não realização da testagem.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2904/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2904/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
 - Informações sobre a quantidade de testes para COVID-19 que foram adquiridos/recebidos pela Administração do mês de Julho até a presente data._x000D_
 - Informações sobre a quantidade de testes para COVID-19 que foram realizados pela Administração do mês de Julho até a presente data.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2906/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2906/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que envie a esta Casa de Leis, cópia dos contratos celebrados pela Prefeitura a partir de 01 de Junho até a presente data, sendo facultado o encaminhamento dos mesmos em mídia eletrônica a fim de se prestigiar a economia de recursos públicos, uma vez que as cópias fidedignas dos mesmos não se encontram disponíveis no portal transparência municipal.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2927/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2927/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, seja oficiado à família do Senhor JOSÉ FARIA, formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2950/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2950/arq.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4°, do RICM, apresenta o seguinte requerimento a fim de, reiterar ao Chefe do Poder executivo para que informe a esta Casa de Leis:_x000D_
 - Informações sobre a quantidade de testes para COVID-19 que foram adquiridos/recebidos pela Administração do mês de Julho até a presente data._x000D_
 - Informações sobre a quantidade de testes para COVID-19 que foram realizados pela Administração do mês de Julho até a presente data.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2951/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2951/arq.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4°, do RICM, apresenta o seguinte requerimento a fim de, reiterar ao Chefe do Poder Executivo para que informe a esta Casa de Leis:_x000D_
 - Cópia dos contratos celebrados pela prefeitura a partir de 01 de Junho até a presente data, sendo facultado o encaminhamento dos mesmos em mídia eletrônica a fim de se prestigiar a economia de recursos públicos, uma vez que as cópias fidedignas dos mesmos não se encontram disponíveis no portal transparência municipal.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2952/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2952/arq.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4°, do RICM, apresenta o seguinte requerimento a fim de, reiterar ao Chefe do Poder Executivo para que informe a esta Casa de Leis:_x000D_
 - Lista dos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Cópia dos CRLV dos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Relação com os nomes dos motoristas que conduziram os respectivos veículos que participaram do desfile de entrega ocorrido em 31 de Julho de 2020._x000D_
 - Informe se os respectivos servidores receberam hora extra ou algum tipo de compensação financeira por participarem do evento no fim de semana.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2953/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2953/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, BORTHOLO JOSÉ PADAVINI formulando um voto de "Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Lincoln, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2957/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2957/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que em conjunto com a diretoria competente informe a esta casa de leis._x000D_
 - Quantos servidores estão efetivos na Assistência Social, em nosso município.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2992/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2992/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa._x000D_
 - Quantas cestas básicas foram distribuídas desde Janeiro de 2020 até a presente data;_x000D_
 - Relação dos munícipes que foram beneficiados;_x000D_
 - A quantidade de cestas entregues mensalmente;_x000D_
 - Quais os itens que compõem, cada cesta básica.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola, Rivaldo Ferreira Martins</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2997/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2997/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que em conjunto com a diretoria de Trânsito e Segurança Pública informe a esta Casa de Leis de que maneira é coordenada e desempenhada as fiscalizações periódicas dos Taxistas permissionários de Serviço Público no Município, bem como quantas autuações (Poder de Polícia Administrativa), o Poder executivo efetuou nos últimos 2 (dois) anos e se houve alguma operação específica da Diretoria visando coibir possíveis irregularidades que possam prejudicar o Direito ao Transporte dos Munícipes Lindoianos.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2998/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2998/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que em conjunto com a Diretoria de Obras, Serviços Públicos e Transportes - DOSPT informe a esta Casa de Leis qual é a porcentagem de dejetos domiciliares coletados e tratados pelo Município anualmente, iniciando-se do ano de 2017 até o corrente ano.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3002/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3002/arq.pdf</t>
   </si>
   <si>
     <t>Se o poder Executivo publicou regulamentação que dispõe o artigo 5º da Lei 1510 de 24 de Agosto de 2020 a fim de conceder isenção de imposto Predial e Territorial Urbano - IPTU as pessoas com deficiência ou seus responsáveis legais?</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3001/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3001/arq.pdf</t>
   </si>
   <si>
     <t>Se o poder Executivo está regularmente concedendo as gratificações que dispõe a Lei Complementar 998 de 22 de novembro de 2006?</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Se o Poder Executivo está respeitando os valores das remunerações do Magistério Público Municipal que dispõe na Lei Complenetar 1486 de 17 de março de 2020?</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Se o Poder Executivo publicou regulamentação que dispõe o artigo 6º da Lei 1498 de 19 de Junho de 2020 a fim de publicar, na internet, a lista de espera dos pacientes que aguardam por consultas, exames e intervenções cirúrgicas e outros procedimentos disponíveis nos estabelecimentos da rede pública de saúde do município?</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3005/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3005/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que oficie o Executivo Municipal, para que encaminhe a esta Casa de Leis as seguintes informações sobre o provável retorno às aulas presenciais nas escolas municipais.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3015/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3015/arq.pdf</t>
   </si>
   <si>
     <t>O motivo de não ter sido devidamente reparado o buraco decorrente da realização de serviços de manutenção de água, efetuado na Av. 31 de março na altura do número 651.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3018/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3018/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Executivo para que forneça a esta Casa de leis as seguintes informações:_x000D_
 - Lista dos veículos que participaram do desfile de entrega ocorrido em 31 de julho de 2020._x000D_
 - Cópia dos CRLV dos veículos que participaram do desfile de entrega ocorrido em 31 de julho de 2020._x000D_
 - Relação com os nomes dos motoristas que conduziram os respectivos veículos que participaram dos desfile de entrega ocorrido em 31 de julho de 2020._x000D_
 - Informe se os respectivos servidores receberam hora extra ou algum tipo de compensação financeira por participarem do evento no fim de semana.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3019/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3019/arq.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4°, do RICM, apresenta o seguinte requerimento a fim de, reiterar ao Chefe do Poder Executivo para que forneça a esta Casa de Leis:_x000D_
 - Informações sobre a quantidade de testes para COVID-19 que foram adquiridos/recebidos pela Administração do mês de Julho até a presente data._x000D_
 - Informações sobre a quantidade de testes para COVID-19 que foram realizados pela Administração do mês de Julho até a presente data.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3020/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3020/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder executivo para que informe a esta Casa de Leis:_x000D_
 - Se a prefeitura tem conhecimento das multas em anexo? Em caso positivo, informe quem era o condutor do veículo?_x000D_
 - A Administração pública efetuou o pagamento das referidas multas? Ou indicou seu condutor para que o mesmo efetuasse o pagamento?_x000D_
 - Que atividades o veículo municipal FCJ1393 realizava em Bragança Paulista quando foi autuado nas referidas datas.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3021/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3021/arq.pdf</t>
   </si>
   <si>
     <t>Qual o motivo de não adesão do município de Lindoia junto a implantação da Lei Aldir Blanc visando o recebimento de R$ 70.020,37 para repasse aos profissionais da cultura do município de Lindoia.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Ariane Faria Alves</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3022/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3022/arq.pdf</t>
   </si>
   <si>
     <t>Requerimento de pesar pelo falecimento do Sr. Marcos Antonio de Toledo.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3023/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3023/arq.pdf</t>
   </si>
   <si>
     <t>Requerimento de pesar pelo falecimento do Sr. Carlos Roberto Carraro.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3041/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3041/arq.pdf</t>
   </si>
   <si>
     <t>Formulando Votos de Profundo Pesar pelo falecimento do Sr. JoséCremasco.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3051/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3051/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa nos termos regimentais que seja expedido ofício, ao Governo do estado de São Paulo, especificamente à Secretaria de Agricultura e Abastecimento, e à Secretaria de Governo, para elucidação de quais foram os critérios levados em consideração para a previsão do fechamento de 574 Casas de Agricultura em todo o Estado, ligadas à Coordenadoria de Desenvolvimento Rural Sustentável (CDRS, mais conhecidas com Cati), e também para o fechamento de mais da metade do Escritórios de Desenvolvimento Rural (EDR) e Escritórios de Defesa Agropecuária, das 80 unidades em funcionamento atualmente.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3057/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3057/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o executivo Municipal, para que em conjunto com a diretoria competente informe a esta Casa Legislativa._x000D_
 - Qual o motivo da não instalação dos enfeites natalinos neste ano de 2020._x000D_
 - Qual o local que estão armazenados os enfeites._x000D_
 - Se os mesmos se encontram guardados em local apropriado.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Eduardo Reschioto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/623/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/623/arq.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Prefeito Municipal que providencie de maneira urgente a poda das árvores que estão obstruindo as luminárias públicas na Rua josé de Freitas em nosso Município.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/624/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/624/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Prefeito Municipal, que providencie de maneira urgente a detetização em torno do grande lago em nosso Município.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/829/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/829/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de redutor de velocidade do tipo lombada, na Rua Vereador Eufrozino Alves, "Estrada do Matão" em nosso município.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/830/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/830/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal em conjunto com a diretoria competente, providencie a instalação das luminárias na Rua Valdemar Franco de Souza em nosso município.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/832/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/832/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, que junto a Diretoria competente, providencie a manutenção da Avenida Joaquim Domingues em nosso município.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/834/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/834/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie de maneira urgente a limpeza da Rua: Augusto Scarpioni Zamboim em nosso Município.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/836/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/836/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a pintura de uma faixa de pedestre na Avenida Rio 31 de março na altura do N° 1028, em nosso município.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/837/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/837/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie de maneira urgente a limpeza da Rua: Santa Mendonça em nosso município.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/700/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/700/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, que estude a possibilidade de conceder isenção de IPTU aos cidadãos portadores de necessidades especiais de nosso município.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/699/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/699/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de placas de sinalização, no cruzamento do início da Av. Ângelo Antônio Mérola com a Rua José Gigli, em nosso município.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/698/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/698/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que realize através do setor competente reparos nos emissários de esgoto, que margeiam o Rio do Peixe em nosso município.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/697/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/697/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria competente, para que a reforma do Estádio Municipal Pedro Torteli, realizando a substituição do gramado do campo, bem como reforma na drenagem e demais reparos que se fizerem necessários.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/696/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/696/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente, para que a próxima competição de futebol de campo seja realizada em homenagem ao Sr. JORGE LUÍS DE SOUZA FISCHER em nosso município.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/733/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/733/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a manutenção da Estrada de terra e a tubulação da ponte existente na estrada que se inicia e termina na Av. Dr. Ângelo Antônio Mérola, sendo seu início em frente ao Rancho do Leitão em nosso município.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/838/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/838/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie operação tapa buracos ou recapeamento asfáltico na Rua: Benedito Dematte em nosso município.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/875/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/875/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie operação tapa buracos ou recapeamento asfáltico e limpeza da vegetação no acostamento na Av. Dr. Ângelo Antônio Mérola em nosso município.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/877/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/877/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria competente, providencie a reforma do Ginásio de Esportes Luiz Gonzaga Coli Beghini em nosso município.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/878/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/878/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria competente, providencie a reforma do Conjunto Aquático Municipal Major Arlindo Rodrigues Leitão em nosso município.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/876/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/876/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de obras, para que construa rede coletora de esgoto no bairro Jardim da Lage em nosso município.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/879/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/879/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria competente, providencie operação tapa buracos ou recapeamento asfáltico na Av. Caiapós em nosso município.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1093/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1093/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de retirada das faixas de alerta, localizadas nos acostamentos da Av. 31 de Março, em nosso município.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1095/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1095/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de conceder isenção das taxas para uso de Espaço público (Barracas) para os comerciantes do município nas festividades Carnavalescas em nosso município.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1100/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1100/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a reforma e manutenção do campo society localizado no Recinto de Exposições e Lazer Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1101/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1101/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria de obras do município, providencie a construção de uma fonte de água mineral aberta para a população no Laguinho próximo Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1104/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1104/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie o conserto da porta da Escola Municipal Arco Íris em nosso município.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1105/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1105/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que promova limpeza, manutenção e reparos do Parquinho e na quadra de esportes do Conjunto Habitacional Ernesto Tardelli em nosso município</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize operação tapa buracos na Rua Cel. Estevam Franco na altura do numerário 314 em nosso município.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1107/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1107/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que promova limpeza, manutenção e reparos do Parquinho localizado no Recinto de Exposições e Lazer Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1152/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1152/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a manutenção, nivelando com cascalho ou agregado similar da Rua: Dorival Querubim em nosso município.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1153/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1153/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que realize através do setor competente reparos na rede de esgoto localizada na Av. Comendador Pedro Facchini na altura do Número 390, em nosso município.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>Ariane Faria Alves, Eduardo Reschioto Pereira, Luiz do Trailler</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1155/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1155/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS  ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a compra de uma retroescavadeira, para a diretoria de obras de nosso município.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1156/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1156/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a compra de uma nova van para transporte de pacientes, direcionada a diretoria de saúde de nosso município</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1157/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1157/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a compra de uma nova van para transporte de alunos, direcionada a diretoria de Educação de nosso município.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, que providencie o conserto e manutenção dos brinquedos do parquinho localizado na Praça das Águas, em nosso município.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1231/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1231/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a operação tapa buracos ou recapeamento asfáltico na Rua Coronel Estevam Franco em nosso município.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1233/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1233/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, para que faça gestão a fim de repassar a verba do Governo Federal relacionada ao Incentivo Adicional dos Agentes Comunitários de Saúde e Agentes de Controle de Endemias para o pagamento dos vencimentos destes profissionais.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto a diretoria competente providencie a reforma e manutenção do Recinto de Exposições, em nosso município.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a compra de um caminhão de lixo, para a diretoria de obras de nosso município.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1707/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1707/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente, para que suspenda a cobrança de IPTU, ISS, cobrança de água e demais impostos municipais em nosso município, em virtude da pandemia COVID-19</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1464/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1464/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor responsável, providêncie de maneira urgente, na Estrada Municipal Angelo Antonio Merola as seguintes manutenções:_x000D_
 ºLimpeza em toda extensão, considerando mato e árvores que invadiram o asfalto;_x000D_
 ºSubstituição das placas de sinalização que estão em mau estado de conservação e em alguns pontos, a colocação de novas placas;_x000D_
 ºManutenção no asfalto, que em alguns pontos se encontram com grandes avarias.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1465/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1465/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor responsável, realiza estudo para verificar a possibilidade de instalação de redutor de velocidade na Estrada Municipal Angelo Antonio Merola, em frente ao Restaurante Rancho do Vale.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1466/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1466/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor responsável, providencie manutenção no asfalto em toda extensão da rua Benedito Dematte.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1462/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1462/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria competente, para que realize a reforma do Campo de futebol society, existente no recinto de Exposições Prefeito Antonio Toledo, realizando a substituição do gramado do campo, bem como reforma na drenagem e demais reparos que se fizerem necessários.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Eduardo Reschioto Pereira, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1463/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1463/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal para que juntamente com o setor competente realize a ENTREGA DE CESTAS BÁSICAS E KITS DE HIGIENE para as famílias em situação de vulnerabilidade existentes em nosso município.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1469/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1469/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a construção de um ponto de ônibus na AV. 31 de Março, ao lado da rua Valdemar Franco de Souza, em nosso município.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1475/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1475/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente, para que realize a distribuição de máscaras para população principalmente para os mais vulneráveis em nosso município, em virtude da pandemia Covid-19.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1477/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1477/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie um local adequado para descarte de entulhos, equipamentos elétricos e móveis domésticos em nosso Município.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1479/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1479/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, providencie a rtirada do entulho localizado nas margens do Grande Lago em nosso Município.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1482/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1482/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que juntamente com a Diretoria competente realize a contratação emergencial de profissionais da área de vigilância sanitária, ou promova o remanejamento de servidores municipais para o Departamento de Vigilância Sanitária e Epidemiológica de Lindoia.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie o reparo de mau funcionamento das luminárias apagadas localizadas no entorno do Grande Lago, em nosso município.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1579/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1579/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhpr Prefeito Municipal em conjunto com a diretoria competente que providencie a limpeza e manutenção da via e das calçadas da Rua Anisio Pereira em nosso município.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1580/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1580/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize  a seguinte melhoria no Bairro Encostas do Lago: Limpeza das ruas, corte de vegetação das calçadas  e demais serviços necessários.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1581/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1581/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize reparos nas luminárias danificadas dos postes na Avenida do Lago, na altura do numerário 300 em nosso município.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1653/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1653/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que juntamente com a Diretoria competente, realize Barreiras Sanitárias para prevenção e controle do Covid-19, nos pontos de acesso ao nosso município.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente, intensifique de forma contínua a limpeza e disinfecção das ruas e calçadas em nosso município, em virtude da pandemia Covid-19.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1665/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1665/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que mantenha a Farmácia Municipal em funcionamento em horário comercial (07h as 17h) durante a Pandemia do coronavirus (COVID-19).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude as possibilidades e viabilidade de conceder e pagar adicional de insalubridade à todos os funcionários públicos/agentes da área da saúde do município em virtude da pandemia causada pelo coronavirus (COVID-19)</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação provisória de tendas e cadeiras em frente a Casa Lotérica e o Banco Santander em nosso município.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que promova limpeza, manutenção e reparos do parquinho localizado no vertedouro do grande lago.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie o conserto e manutenção dos brinquedos do parquinho localizado na Praça das Águas, em nosso município.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente, realize a criação do CÔMITE DE PREVENÇÃO E ENFRENTAMENTO DE CRISE CAUSADA PELO CORONAVÍRUS.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que juntamente com o setor competente promova a limpeza, manutenção e reparos no parquinho existente no recinto de Rxposições e Lazer "Prefeito Antonio Toledo" em nosso município.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2453/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2453/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de obras, para que construa rede coletora de esgoto no bairro Jardim da Laje em nosso município.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2454/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2454/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a Diretoria de obras, para que construa rede coletora de esgoto no bairro Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2455/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2455/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal parfa que em conjunto com a diretoria de obras do município, providencie a construção de uma fonte de água mineral aberta para a população no Laguinho, próximo ao Recinto de exposições Prefeito Antonio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2554/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2554/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que junto a Diretoria competente, providencie a limpeza e manutenção asfáltica da Av. Dr. Ângelo Antonio Mérola, em nosso município.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2606/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2606/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que realize a pavimentação asfáltica das vias existentes no Jardim Lindoia em nosso Município.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2608/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2608/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, realize o teste rápido da COVID-19 nos servidores públicos municipais, profissionais da área da Saúde, Segurança Pública, fiscais e colaboradores que vêm atuando junto aos serviços essenciais em nossa cidade.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2609/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2609/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize a instalação de um ponto de Ônibus escolar no Bairro Indio de Ouro em nosso município.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2620/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2620/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a limpeza e dedetização em toda a extensão de nosso Município.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lincoln</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2619/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2619/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Sr. Presidente da Câmara Municipal, para que realize teste-rápido da COVID-19 nos servidores públicos da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2786/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2786/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente, realize a fiscalização dos táxis para que se adequem a Lei Municipal nº• 1485 de 17 de fevereiro de 2020, em nosso município.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2787/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2787/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente providêncie o conserto e manutenção das placas de identificação com o nome das ruas de nosso município.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2789/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2789/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de Obras, para que construa rede coletora de esgoto no bairro Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2793/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2793/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente que promoa limpeza da viela que interliga a Rua Teófilo Vieira com a Rua 21 de Março em nosso município.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2794/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2794/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal que proidencie junto ao setor competente a reinstalação das lixeirasoutrora localizadas na Praça Humberto Amaral em nosso município.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2795/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2795/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar o plantio de flores ornamentais no canteiro localizado no coreto da Praça Humberto Amaral em nosso município.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2797/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2797/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a regularização das lixeiras das residências na Av. Contorno do Lago que estão as margens do grande lago em nosso município.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2798/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2798/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a contratação de médicos especialistas em Psiquiatria e Neurologia para o PSF I e II de nosso município.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2801/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2801/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a pintura e padronização das dimensões de todas as lombadas em nosso município.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2804/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2804/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que observando a legalidade, analise as possibilidades de realizar as aquisições de produtos e serviços pela Prefeitura Municipal de Lindoia nas empresas existentes em nosso município.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2807/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2807/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de disponibilizar um veículo caracterizado para o uso da defesa Civil, do nosso município.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2809/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2809/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de placas de identificação com o nome das ruas no Loteamento Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2818/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2818/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a compra de um Caminhão Munk, para a diretoria de obras de nosso município.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2819/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2819/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie operação tapa buracos e recapeamento asfáltico no Bairro Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2820/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2820/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a Dedetização e controle dos carrapatos às margens do rio do Peixe e do Grande Lago, em nosso Município.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2822/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2822/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente realize a instalação da sinalização indicadora de "Contra Mão" na Rua Francisco Rodrigues, na intersecção com a Travessa Benedito Zamboim.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2823/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2823/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente realize a instalação da sinalização indicadora de "Contra Mão" na Avenida Dr. Ângelo Antônio Merola, próximo a Rua José Gigli.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2824/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2824/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal para que em conjunto com a diretoria responsável providencie a viabilidade de realização de pagamentos dos impostos por plataformas digitais.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2825/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2825/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que ao lado e conjunto com a diretoria competente providencie a limpeza dos entulhos descartados atrás do Ginásio de Esportes Luiz Gonzaga Coli Beghini em nosso Município.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2826/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2826/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria de obras do município, providencie a manutenção das torneiras e limpeza da fonte localizada ao lado da base do Corpo de Bombeiros em nosso município.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2828/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2828/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente providencie a instalação de equipamentos necessários para transmissão de sinal de TV digital em nosso município.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2832/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2832/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade na Avenida Rio 31 de Março, em frente ao Posto Beira Rio, em nosso município.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2833/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2833/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de um redutor de velocidade na Rua: Aparecido Zamboim, em nosso município.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2842/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2842/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, para que em conjunto com a diretoria competente, para que promova a testagem da COVID-19 no comércio local de nosso município.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2850/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2850/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, que junto a Diretoria competente, providencie a operação tapa buracos na Rua: Coronel Estevam Franco em frente a escola Iracema de Souza Freitas em nosso município.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2851/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2851/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal, que em conjunto com a Diretoria competente, para que realize, a construção do restante da ciclo faixa existente em volta do recinto de Exposições Prefeito Antônio Toledo.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2859/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2859/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a operação tapa buracos ou recapeamento asfáltico na Rua: Vereador Esterlino Colli em nosso município.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2860/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2860/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a cobertura da academia localizada no Recinto Exposições Prefeito Antônio  Toledo, em nosso município.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2861/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2861/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de Totem Digital, com relógio e medidor de temperatura no Recinto de Exposições Antônio Toledo em nosso município.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2862/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2862/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a instalação de comedouros e bebedouros em pontos estratégicos para cães e gatos em nosso município.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2864/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2864/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar um redutor de velocidade, tipo lombada na Rua Anisio Pereira em nosso município.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2865/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2865/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie operação tapa buracos e recapeamento asfáltico na Rua: José Ermirio de Moraes e demais Ruas do Bairro Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2866/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2866/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de realizar recapeamento asfáltico de instalar um redutor de velocidade, tipo lombada na Rua José Magro em nosso município.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2870/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2870/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente realize gratuitamente o serviço de Terraplenagem, para os menos favorecidos em nosso Município.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2881/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2881/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente promova as inscrições para o PROGRAMA EMERGENCIAL DO AUXÍLIO DESEMPREGO (Pead) desenvolvido pelo governo do estado de São Paulo, em nosso município.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2882/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2882/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, informe e oriente a população, para que realizem a identificação e separação dos lixos domésticos produzidos pelas pessoas contaminadas com o Covid-19.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2883/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2883/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar redutores de velocidade, tipo lombada nas principais ruas do Bairro Parque Aquático em nosso município.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2884/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2884/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar um redutor de velocidade, tipo lombada na Rua Achiles Montovani na altura do número 400 em nosso município.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2885/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2885/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que através dos recursos oriundos PROGRAMA FEDERATIVO DE ENFRENTAMENTO AO CORONAVÍRUS SARS-COV-2 (COVID-19), conforme Lei Complementar n° 173 de 27 de Maio de 2020, estude a possibilidade de conceder adicional de insalubridade, na alíquota 20% (vinte porcento), aos agentes da saúde e demais servidores públicos municipais, que estão trabalhando na linha de frente ao combate a pandemia em nosso município.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2889/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2889/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie um local mais seguro para as aulas praticas de Auto Escola, em nosso município.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2890/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2890/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria Competente, providencie a operação tapa buracos ou recapeamento asfáltico na AV: Do Contorno em nosso município.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2898/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2898/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de promover a regular coleta de lixo pelas Ruas do Bairro Parque Aquático I em nosso município.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2899/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2899/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que em conjunto com a diretoria competente, através da lei Aldir Blanc realize ajuda emergencial ao setor cultural por conta dos impactos decorrentes da pandemia do novo Coronavírus.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2900/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2900/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente para que realize as melhorias, (infraestrutura) na viela de ligação entre a Avenida Rio do Peixe próximo ao número 431 e a Rua Luís Beghini, em nosso município.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2901/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2901/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a sinalização indicativa de proibido buzinar em frente a escola Municipal Professora Iracema de Souza Freitas, em nosso Município.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2902/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2902/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a sinalização indicativa de proibido buzinar em frente a Escola Estadual Pedro de Toledo, em nosso Município.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2903/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2903/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a sinalização indicativa de proibido buzinar em frente a Escola Municipal de Ensino Infantil Arco Iris, em nosso Município.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2905/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2905/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria competente, para que promova a testagem da COVID-19 no comercio local de nosso município.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2907/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2907/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que através dos recursos oriundos PROGRAMA FEDERATIVO DE ENFRENTAMENTO AO CORONAVÍRUS SARS-COV-2 (COVID-19), conforme Lei Complementar n° 173 de 27 de maio de 2020, estude a possibilidade de conceder adicional de insalubridade, na alíquota de 20% (vinte porcento), aos agentes da saúde e demais servidores públicos municipais, que estão trabalhando na linha de frente ao combate a pandemia em nosso município.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2908/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2908/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de Câmeras de monitoramento 360° no início da Av. Comendador Pedro Fachini, em frente ao Laguinho Flávio Ramalho Franco no final da Rua: Luis Beghini e Av: Rio do Peixe em nosso município.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2911/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2911/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a melhoria da iluminação pública entre a Rua: Guarino Zamboim e a Rua: Adolfo de Souza Godoi em frente a Floricultura A Cheiro e Flor em nosso município.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2926/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2926/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize o recapeamento asfáltico na Av: Xavantes, localizada no Bairro Índio de Ouro em nosso Município;</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2928/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2928/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto com a diretoria competente providencie a manutenção de refletores queimados em torno do Quisque do lago, em nosso município.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2929/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2929/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de redutor de velocidade do tipo lombada, na Rua Alino J. Turriano em nosso município.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2930/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2930/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que envie a esta casa de lei um Projeto modificando a Lei de Zoneamento, para Zona Mista no Bairro Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2931/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2931/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a instalação de redutor de velocidade do tipo lombada, na Rua Antônio de T, no Jardim Lindoia em nosso município.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2932/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2932/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize o recapeamento asfáltico no Rua Guarani, localizada no Bairro Índio de Ouro em nosso município.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2933/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2933/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito municipal, que junto a Diretoria competente, providencie a operação tapa buracos na esquina da Rua: Sebastiana Franco de Godoi com a Rua: Benedito Severino em nosso município.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2934/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2934/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, realize convênio com o Estado de São Paulo, para instalação de uma agência do Banco do Povo, em nosso município.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2935/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2935/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a operação tapa buracos ou recapeamento asfáltico na Av: do Contorno em nosso município.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Rivaldo Ferreira Martins, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lincoln, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2940/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2940/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie a instalação de corrimões na escada localizada no final da Rua: Major Joaquim de Souza, em nosso município.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>José Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2941/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2941/arq.pdf</t>
   </si>
   <si>
     <t>INDICO ao Prefeito Municipal, que em conjunto com a Diretoria competente, para que realize a construção de uma calçada na Av: Do Lago no início da segunda comporta, com seu término na estação de tratamento de esgoto, em nosso município.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2942/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2942/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize estudo para viabilizar a construção de um reservatório de água no alto do Morro do Mosquito a fim de auxiliar no fornecimento de água no município.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2943/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2943/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de obras, para que construa rede de esgoto no bairro Jardim da laje em nosso município.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2944/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2944/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de fornecimento gratuito de planta (projeto) para construção de residências limitadas a 50m².</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2945/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2945/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria de obras do município, providencie a construção de uma fonte de água mineral aberta para a população no Laguinho próximo Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2946/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2946/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que estude a possibilidade de criação de zona industrial no município.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2947/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2947/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que realize a instalação de uma Academia ao ar livre no "Loteamento parque Aquático Lindoia" em nosso município.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2948/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2948/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal, as providências necessárias para que seja construída uma rede coletora de esgoto no bairro jardim Nova Lindoia, nesse município.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2954/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2954/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria de obras, providencie a instalação da estrutura retirada da Arena de Eventos - "EMERSON DE SOUZA", localizada próximo ao Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2958/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2958/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria de Saúde estenda o horário de atendimento do PA (Pronto Atendimento) até as 22:00 horas em nosso município.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2959/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2959/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria de obras do município, providencie a construção de um centro de Água Mineral, perto do Corpo de Bombeiros, para recepção de turistas em nosso município.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2960/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2960/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal que em conjunto com a diretoria competente, providencie, um projeto hidráulico, identificando as tubulações de Água de nosso município.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2961/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2961/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de obras, providencie a pavimentação asfáltica no loteamento do Vieiras em nosso município.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2962/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2962/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria de obras do município, providencie a revitalização e reforma de nossas fontes de Água Mineral em nosso município.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2963/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2963/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar redutor de velocidade, tipo lombada na Rua Dr. Francisco Tozi, em nosso município.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2964/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2964/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente realize um curso de higienização para todos os comerciantes de nosso município.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2965/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2965/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de obras, para que construa rede coletora de esgoto no bairro Jardim São Benedito em nosso município.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2966/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2966/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a manutenção dos redutores de velocidade, na Av: Benedito Severino em nosso município.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2967/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2967/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente realize, cursos técnicos profissionalizantes em nosso município.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2968/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2968/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria de obras providencie a construção de Portais nas entradas de nossa cidade.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2969/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2969/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de promover a regular coleta de lixo na Estrada Vereador José Humberto Resquioto em nosso município.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2970/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2970/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a manutenção da rede coletora de esgoto localizada atrás da base do Corpo de Bombeiros, em nosso município.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2971/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2971/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a Diretoria de obras, para que construa rede coletora de esgoto no bairro Encosta do Lago em nosso município.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2972/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2972/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a operação tapa buracos ou recapeamento asfáltico na Av: Dr. Ângelo Antônio Mérola em nosso município.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2973/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2973/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie o recapeamento e pavimentação asfáltica na Av: Gov. Mário Covas Junior, no Bairro Tijuco Preto, em nosso município.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2974/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2974/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente realize um treinamento e cursos de melhor atendimento ao cidadão, para todos os guardas municipais de nosso município.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2975/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2975/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto a Diretoria competente, providencie a construção de um novo reservatório de Água no bairro Índio de Ouro, em nosso município.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2976/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2976/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria de obras, providencie a construção de um Espaço Pet tipo (Agility), em nosso município.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2979/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2979/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente realize a construção de laboratório de Análises Clínicas Municipal.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2980/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2980/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a ampliação e melhorias na iluminação de suas principais passagens do nosso Cemitério Municipal.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2981/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2981/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que em conjunto com a diretoria competente realize a construção de uma Cozinha industrial com Padaria Municipal.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2988/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2988/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie Transporte coletivo público, em nosso município.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2989/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2989/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal, para que em conjunto com a diretoria competente providencie a limpeza, revitalização e arborização da margem do Rio do Peixe do início da estrada vicinal Dr. Ângelo Antônio Mérola até nas proximidades da Estação de Tratamento de esgoto municipal.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2990/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2990/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito municipal, para realizar estudos técnicos objetivando AUMENTO O REPASSE MENSAL realizado a Escola de Educação Especial "Raio de Sol" - APAE de Águas de Lindoia no Projeto de Lei Orçamentário de 2021.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2991/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2991/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar um redutor de velocidade, tipo lombada na Rua Achiles Montovani, em nosso município.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2993/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2993/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor Responsável, realize estudo para verificar a possibilidade de instalação de redutor de velocidade tipo (lombada) no início da Rua Valdemar Franco de Souza.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2994/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2994/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor Responsável, realize estudo para verificar a possibilidade de instalação de um Centro de Atendimento Veterinário.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2995/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2995/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Excelentíssimo Senhor Prefeito Municipal, que realize manutenção no prédio da Creche Municipal Vovó Maria.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2996/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2996/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que realize barreiras para controle da população de pombos na quadra Esportiva localizada no Bairro São Judas Tadeu em nosso município.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3003/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3003/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que verifique junto ao setor competente, a possibilidade de construir um mirante no alto do morro do mosquito em nosso município.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3004/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3004/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar revezamento de escala de trabalho para os servidores que atuam nas unidades de ensino municipal.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3006/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3006/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal para que tome as providências necessárias no sentido de proporcionar a instalação de câmeras de monitoramento no interior do conjunto habitacional Ernesto Tardelli neste município.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3007/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3007/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que em conjunto com a diretoria competente providencie a contratação de médicos especialistas em Psiquiatria, Pediatria e Ginecologia para o PSF I e II de nosso município.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3008/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3008/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor Responsável, realize estudo para verificar a possibilidade de manutenção e cobertura da pista de Skate que se localiza na Av. do Lago em nosso município.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3009/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3009/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que junto ao Setor Responsável, realize estudo para verificar a possibilidade de instalação de redutor de velocidade tipo (lombada) na Rua Luiz Beghini.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3010/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3010/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente estude a possibilidade de realizar a instalação de redutores de velocidade do tipo lombada na rua: Lourenço Lorençoni na altura do numerário 397.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3011/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3011/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de readequar a faixa de pedestres que se localiza no início da rua Aparecido Zamboim em nosso município.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3012/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3012/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que interceda junto a Secretaria de Habitação do Estado de São Paulo a fim de possibilitar a construção de Apartamentos populares em nosso município.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3013/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3013/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar redutores de velocidade, tipo lombada na Rua Olegário de Castro, na altura do número 300 em em frente a Creche Edward em nosso município.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3014/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3014/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente, estude a possibilidade de instalar redutores de velocidade, tipo lombada na Rua Anísio Pereira na altura dos números 100 e 400 em nosso município.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3016/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3016/arq.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal que em conjunto com a diretoria competente, providencie a retirada do entulho e o reparo do buraco na Av. 31 de março na altura do número 651.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3017/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3017/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de conceder revisão salarial aos membros do Conselho Tutelar de nosso município.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3025/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3025/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a instalação de iluminação pública nas ruas no Loteamento Jardim Monte Verde, situado na Rodovia SP 360 - KM 161+570m, em nosso município.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3039/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3039/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie a construção de uma academia ao ar livre e um jardim na Rua Olegário de Castro na altura do número 300, em nosso município.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3040/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3040/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a proteção do poço localizado no Complexo Esportivo Jorge Leopoldino Neto, no bairro Jardim Lindoia neste município.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3043/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3043/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que em conjunto com a diretoria competente providencie a construção de uma calçada que se inicia na rodoviária até entrada do Bairro Jardim Lindoia e um ponto de ônibus na entrada do Bairro, em nosso município.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3052/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3052/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS; Ao Exmo. Senhor Prefeito Municipal para que seja adequado o sistema interno de arrecadação do ISS (Imposto sobre Serviços) conforme Lei Complementar 175 de 23 de setembro de 2020.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/554/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/554/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear empresário o Senhor Marco Roberto Fróes pela loja Mover Bike em nosso município."</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1468/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1468/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia tem a honra de homenagear o empresário, Senhor Tiago Cunha do Nascimento pela recente inauguração das novas instalações da Barbearia Tiago Café &amp; Bar em nosso município.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/arq.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Lindoia, vem pelo presente apelar ao Excelentíssimo Senhor Governador do Estado de São Paulo, para que não seja desativada a Base Operacional da Polícia Rodoviária de Amparo (4º BPRv - 2ª Cia), localizada na Rodovia SP 360/2 - Rodovia Engenheiro Constâncio Cintra nº 135, Amparo-SP.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2821/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2821/arq.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio a ser encaminhada à ANEEL - Âgencia Nacional de Energia Elétrica, em virtude de consulta Pública para nova taxação para quem produz energia solar.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2849/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2849/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear a empresa Lindoya Verão pelo lançamento da embalagem 20% menos pet em nosso município."</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2867/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2867/arq.pdf</t>
   </si>
   <si>
     <t>"O Poder Legislativo de Lindoia tem a honra de homenagear os empresários os Senhores José Diogo Leal de Souza e Darcy Benedito de Souza pela recente inauguração das instalações da New Lindoia contabilidade e negócios imobiliários em nosso município."</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>OUT</t>
   </si>
   <si>
     <t>Outras matérias</t>
   </si>
   <si>
     <t>Munícipe</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1096/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1096/arq.pdf</t>
   </si>
   <si>
     <t>Denúncia pela Prática de infração Político Administrativa</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>Luiz do Trailler</t>
   </si>
   <si>
     <t>Denúncia pela Prática de Infração Administrativa.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2912/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2912/arq.pdf</t>
   </si>
   <si>
     <t>Indica o vereador José Humberto Pietrafesa dos Santos como líder de bancada do partido na Câmara Municipal.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3024/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3024/arq.pdf</t>
   </si>
   <si>
     <t>Indica o Vereador Aparecido Luis Matos para liderança do governo</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2917/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2917/arq.pdf</t>
   </si>
   <si>
     <t>Vetando em sua totalidade o Projeto de Lei Complementar N° 09/2020 de autoria desse Legislativo Lindoiano.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2982/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2982/arq.pdf</t>
   </si>
   <si>
     <t>Veta em sua totalidade o Projeto de Lei do Legislativo n° 08/2020.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3063/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3063/arq.pdf</t>
   </si>
   <si>
     <t>Veto ao projeto de lei 44/2020</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/543/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/543/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providências correlatadas.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/551/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/551/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebração de Convênio com a Organização da Sociedade Civil Hospital São Camilo - Águas de Lindoia, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/544/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/544/arq.pdf</t>
   </si>
   <si>
     <t>Cria o Diário Oficial Eletrônico do Município da Estância Hidromineral de Lindoia (SP)</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/548/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/548/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/550/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/550/arq.pdf</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/549/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/549/arq.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/552/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/552/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial, e dá outras providências.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/839/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/839/arq.pdf</t>
   </si>
   <si>
     <t>Revoga a lei Complementar n° 1.034, de 24 de setembro de 2007 e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1097/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1097/arq.pdf</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1098/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1098/arq.pdf</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1099/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1099/arq.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 1.154 de 22 de dezembro de 2009, que dispõe sobre a reorganização do Plano de Carreira e Remuneração do Magistério Público Municipal da Estância Hidromineral de Lindoia e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1159/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1159/arq.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para o cargo público de Monitor de Transporte Escolar, no quadro geral da Administração Pública e da outras providências.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/arq.pdf</t>
   </si>
   <si>
     <t>Dá nova relação a Lei Municipal nº 1.369/2015, de 30 de Setembro de 2015, que dispõe sobre o Conselho Municipal de Turismo e o Fundo Municipal de Turismo.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/arq.pdf</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1417/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1417/arq.pdf</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1467/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1467/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei orçamentária para o exercício financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1471/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1471/arq.pdf</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1472/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1472/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial, e dá outras providencias.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1473/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1473/arq.pdf</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1474/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1474/arq.pdf</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1476/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1476/arq.pdf</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1489/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1489/arq.pdf</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1595/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1595/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar, e dá outras providências</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1696/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1696/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir cestas básicas para as famílias carentes do Município em virtude das dificuldades enfrentadas pela população decorrentes da Pandemia da COVID-19, nos termos desta Lei</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os Benefícios Eventuais que integram a politica da Assistência Social previstos no artigo 22 da Lei Orgânica da Assistência Social (LOAS) e de outras providências</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/arq.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a Lei Municipal n° 673, de 29 de setembro de 1997, que criou o Conselho Municipal de Assistência Social - CMAS e dá outras providencias.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2539/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2539/arq.pdf</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2538/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2538/arq.pdf</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2790/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2790/arq.pdf</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2838/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2838/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de Condomínios Horizontais de Lotes e dá outras providências.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2808/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2808/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Suplementar, e dá outras providencias</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2841/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2841/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a suspensão dos prazos de validade dos concursos públicos em âmbito municipal já homologados, até o término da vigência do estado de calamidade pública estabelecido pela União por meio do Decreto Legislativo n°6, de 20 de março de 2020, e dá outras providências."</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2892/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2892/arq.pdf</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2896/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2896/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional suplementar, e dá outras providências."</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2897/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2897/arq.pdf</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2925/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2925/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição no Município da Estância Hidromineral de Lindoia a Contribuição para Custeio dos Serviços de Iluminação Pública - CIP, prevista no artigo 149 - A, da Constituição da República Federativa do Brasil."</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2937/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2937/arq.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional especial, e dá outras providências."</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2983/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2983/arq.pdf</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2984/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2984/arq.pdf</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2985/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2985/arq.pdf</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2986/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2986/arq.pdf</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3026/projeto_de_lei_44_2020-corrigido.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3026/projeto_de_lei_44_2020-corrigido.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município da Estância Hidromineral de Lindoia, para o exercício de 2021."</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/620/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/620/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprio público que especifica</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>Poder Legislativo - PL</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/545/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/545/arq.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos do Quadro de Pessoal da Câmara Municipal de Lindoia".</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1656/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1656/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação, na internet, da lista de espera dos pacientes que aguardam por consultas, exames e intervenções cirúrgicas e outros procedimentos (discriminadas por especialidade) disponíveis nos estabelecimentos da rede pública de saúde do município, e da outras providências.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2655/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2655/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprios públicos que especifica.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2806/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2806/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprios públicos que especica.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2812/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2812/arq.pdf</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2813/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2813/arq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorizar o Poder Executivo a conceder isenção de Imposto Predial e Territorial Urbano - IPTU as pessoas com deficiência ou seus responsáveis legais e dá outras providências.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2857/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2857/arq.pdf</t>
   </si>
   <si>
     <t>Caracteriza a esterilização GRATUITA de animais domésticos como função de Saúde Pública, instituindo a sua prática como método oficial de controle populacional e de zoonoses, proíbe o extermínio sistemático de animais urbanos, no município de Lindoia e dá outras providências.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2858/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2858/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorizar o Executivo Municipal a conceder isenção de multa e juros que incidirem sobre todos os tributos municipais relativos ao exercício de 2020, inclusive no que concerne aos parcelamentos em andamento e dá outras providências."</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2871/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2871/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição da queima, soltura e manuseio de fogos de artifício e artefatos pirotécnicos com estouro no município de Lindoia."</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2909/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2909/arq.pdf</t>
   </si>
   <si>
     <t>"Institui, no Município, o evento "Janeiro Branco", dedicado à realização de campanha e ações educativas para a promoção e a difusão da saúde mental."</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2910/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2910/arq.pdf</t>
   </si>
   <si>
     <t>"Proíbe o manuseio, a utilização, a queima e a soltura de fogos-de-artifício e artefatos pirotécnicos com estampido, no âmbito da Estância Hidromineral de Lindoia e dá outras providências."</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3062/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3062/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de próprios públicos que especifica."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5424,67 +5424,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2652/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1478/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1485/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1847/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1848/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1983/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1972/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2001/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2653/resposta_req._17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2701/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2702/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2703/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2763/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2785/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2788/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2800/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2799/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2830/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2817/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2815/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2816/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2814/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2829/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2869/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2868/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2939/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2916/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2918/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2919/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2921/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2920/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2922/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2924/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2936/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2955/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2956/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2949/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2978/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2977/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2987/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3038/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3027/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3028/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3029/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3030/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3031/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3032/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3034/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3033/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3036/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3035/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3037/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3042/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3061/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/881/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/882/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/883/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/884/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/885/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1154/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2853/projeto_de_decreto_08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3053/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3056/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3058/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3059/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3060/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/886/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/887/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1308/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1470/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1480/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2805/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/826/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/831/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/833/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/835/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/840/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/841/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/842/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/843/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/844/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1486/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1487/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1488/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1602/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1604/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2844/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2847/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2846/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2848/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2845/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2831/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2810/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2811/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2855/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2863/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2913/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2914/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2915/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2938/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3044/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3045/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3046/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3047/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3048/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3055/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3054/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2008/parecer_cip.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3049/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3050/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/828/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/827/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/825/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/824/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/880/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1094/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1102/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1103/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1158/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1481/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1483/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1484/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1578/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1582/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1594/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1788/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2490/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2605/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2618/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2617/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2630/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2791/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2792/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2796/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2802/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2803/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2827/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2834/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2835/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2836/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2837/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2839/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2840/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2843/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2852/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2856/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2872/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2874/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2875/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2876/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2877/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2878/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2879/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2880/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2886/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2887/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2888/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2891/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2893/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2904/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2906/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2927/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2950/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2951/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2952/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2953/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2957/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2992/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2997/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2998/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3002/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3001/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3005/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3015/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3018/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3019/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3020/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3021/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3022/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3023/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3041/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3051/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3057/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/623/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/624/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/829/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/830/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/832/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/834/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/836/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/837/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/700/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/699/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/698/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/697/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/696/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/733/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/838/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/875/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/877/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/878/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/876/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/879/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1093/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1095/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1100/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1101/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1104/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1105/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1107/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1152/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1153/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1155/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1156/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1157/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1231/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1233/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1707/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1464/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1465/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1466/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1462/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1463/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1469/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1475/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1477/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1479/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1482/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1579/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1580/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1581/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1653/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1665/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2453/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2454/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2455/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2554/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2606/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2608/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2609/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2620/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2619/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2786/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2787/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2789/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2793/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2794/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2795/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2797/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2798/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2801/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2804/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2807/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2809/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2818/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2819/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2820/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2822/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2823/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2824/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2825/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2826/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2828/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2832/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2833/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2842/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2850/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2851/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2859/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2860/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2861/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2862/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2864/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2865/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2866/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2870/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2881/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2882/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2883/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2884/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2885/arq.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2889/arq.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2890/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2898/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2899/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2900/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2901/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2902/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2903/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2905/arq.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2907/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2908/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2911/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2926/arq.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2928/arq.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2929/arq.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2930/arq.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2931/arq.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2932/arq.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2933/arq.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2934/arq.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2935/arq.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2940/arq.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2941/arq.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2942/arq.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2943/arq.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2944/arq.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2945/arq.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2946/arq.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2947/arq.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2948/arq.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2954/arq.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2958/arq.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2959/arq.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2960/arq.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2961/arq.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2962/arq.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2963/arq.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2964/arq.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2965/arq.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2966/arq.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2967/arq.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2968/arq.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2969/arq.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2970/arq.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2971/arq.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2972/arq.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2973/arq.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2974/arq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2975/arq.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2976/arq.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2979/arq.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2980/arq.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2981/arq.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2988/arq.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2989/arq.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2990/arq.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2991/arq.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2993/arq.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2994/arq.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2995/arq.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2996/arq.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3003/arq.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3004/arq.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3006/arq.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3007/arq.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3008/arq.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3009/arq.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3010/arq.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3011/arq.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3012/arq.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3013/arq.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3014/arq.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3016/arq.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3017/arq.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3025/arq.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3039/arq.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3040/arq.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3043/arq.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3052/arq.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/554/arq.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1468/arq.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/arq.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2821/arq.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2849/arq.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2867/arq.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1096/arq.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2912/arq.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3024/arq.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2917/arq.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2982/arq.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3063/arq.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/543/arq.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/551/arq.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/544/arq.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/548/arq.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/550/arq.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/549/arq.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/552/arq.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/839/arq.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1097/arq.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1098/arq.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1099/arq.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1159/arq.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/arq.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/arq.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/arq.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1417/arq.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1467/arq.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1471/arq.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1472/arq.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1473/arq.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1474/arq.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1476/arq.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1489/arq.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1595/arq.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1696/arq.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/arq.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/arq.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2539/arq.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2538/arq.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2790/arq.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2838/arq.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2808/arq.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2841/arq.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2892/arq.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2896/arq.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2897/arq.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2925/arq.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2937/arq.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2983/arq.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2984/arq.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2985/arq.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2986/arq.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3026/projeto_de_lei_44_2020-corrigido.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/620/arq.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/545/arq.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1656/arq.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2655/arq.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2806/arq.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2812/arq.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2813/arq.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2857/arq.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2858/arq.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2871/arq.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2909/arq.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2910/arq.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3062/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2652/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1161/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1162/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1163/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1164/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1165/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1166/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1283/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1478/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1485/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1847/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1848/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1983/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1972/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2001/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2440/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2442/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2653/resposta_req._17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2701/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2702/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2703/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2763/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2785/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2788/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2800/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2799/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2830/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2817/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2815/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2816/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2814/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2829/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2869/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2868/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2939/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2916/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2918/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2919/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2921/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2920/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2922/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2924/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2936/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2955/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2956/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2949/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2978/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2977/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2987/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3038/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3027/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3028/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3029/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3030/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3031/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3032/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3034/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3033/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3036/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3035/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3037/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3042/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3061/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/881/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/882/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/883/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/884/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/885/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1154/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1293/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2853/projeto_de_decreto_08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3053/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3056/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3058/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3059/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3060/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/886/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/887/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1308/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1470/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1480/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2111/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2805/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/826/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/831/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/833/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/835/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/840/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/841/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/842/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/843/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/844/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1167/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1257/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1258/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1259/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1486/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1487/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1488/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1602/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1604/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2119/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2120/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2121/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2122/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2123/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2844/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2847/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2846/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2848/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2845/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2831/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2810/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2811/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2855/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2863/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2913/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2914/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2915/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2938/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3044/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3045/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3046/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3047/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3048/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3055/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3054/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2008/parecer_cip.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3049/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3050/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/828/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/827/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/825/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/824/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/880/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1094/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1102/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1103/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1158/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1247/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1481/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1483/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1484/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1578/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1582/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1594/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1651/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1788/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2125/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2126/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2127/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2131/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2490/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2605/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2618/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2617/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2630/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2791/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2792/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2796/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2802/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2803/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2827/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2834/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2835/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2836/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2837/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2839/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2840/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2843/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2852/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2856/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2872/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2874/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2875/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2876/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2877/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2878/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2879/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2880/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2886/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2887/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2888/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2891/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2893/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2904/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2906/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2927/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2950/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2951/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2952/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2953/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2957/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2992/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2997/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2998/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3002/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3001/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3005/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3015/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3018/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3019/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3020/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3021/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3022/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3023/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3041/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3051/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3057/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/623/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/624/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/829/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/830/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/832/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/834/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/836/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/837/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/700/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/699/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/698/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/697/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/696/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/733/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/838/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/875/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/877/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/878/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/876/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/879/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1093/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1095/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1100/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1101/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1104/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1105/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1106/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1107/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1152/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1153/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1155/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1156/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1157/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1186/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1231/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1233/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1278/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1279/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1707/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1464/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1465/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1466/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1462/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1463/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1469/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1475/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1477/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1479/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1482/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1559/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1579/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1580/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1581/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1653/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1655/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1665/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2114/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2115/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2116/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2117/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2124/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2130/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2453/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2454/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2455/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2554/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2606/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2608/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2609/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2620/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2619/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2786/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2787/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2789/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2793/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2794/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2795/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2797/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2798/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2801/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2804/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2807/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2809/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2818/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2819/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2820/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2822/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2823/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2824/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2825/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2826/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2828/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2832/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2833/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2842/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2850/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2851/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2859/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2860/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2861/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2862/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2864/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2865/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2866/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2870/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2881/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2882/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2883/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2884/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2885/arq.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2889/arq.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2890/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2898/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2899/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2900/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2901/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2902/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2903/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2905/arq.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2907/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2908/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2911/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2926/arq.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2928/arq.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2929/arq.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2930/arq.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2931/arq.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2932/arq.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2933/arq.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2934/arq.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2935/arq.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2940/arq.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2941/arq.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2942/arq.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2943/arq.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2944/arq.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2945/arq.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2946/arq.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2947/arq.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2948/arq.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2954/arq.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2958/arq.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2959/arq.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2960/arq.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2961/arq.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2962/arq.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2963/arq.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2964/arq.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2965/arq.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2966/arq.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2967/arq.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2968/arq.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2969/arq.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2970/arq.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2971/arq.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2972/arq.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2973/arq.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2974/arq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2975/arq.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2976/arq.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2979/arq.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2980/arq.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2981/arq.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2988/arq.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2989/arq.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2990/arq.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2991/arq.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2993/arq.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2994/arq.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2995/arq.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2996/arq.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3003/arq.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3004/arq.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3006/arq.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3007/arq.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3008/arq.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3009/arq.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3010/arq.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3011/arq.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3012/arq.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3013/arq.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3014/arq.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3016/arq.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3017/arq.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3025/arq.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3039/arq.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3040/arq.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3043/arq.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3052/arq.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/554/arq.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1468/arq.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2118/arq.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2821/arq.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2849/arq.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2867/arq.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1096/arq.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2912/arq.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3024/arq.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2917/arq.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2982/arq.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3063/arq.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/543/arq.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/551/arq.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/544/arq.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/548/arq.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/550/arq.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/549/arq.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/552/arq.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/839/arq.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1097/arq.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1098/arq.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1099/arq.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1159/arq.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1160/arq.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1185/arq.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1324/arq.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1417/arq.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1467/arq.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1471/arq.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1472/arq.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1473/arq.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1474/arq.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1476/arq.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1489/arq.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1595/arq.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1696/arq.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2128/arq.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2129/arq.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2539/arq.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2538/arq.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2790/arq.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2838/arq.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2808/arq.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2841/arq.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2892/arq.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2896/arq.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2897/arq.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2925/arq.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2937/arq.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2983/arq.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2984/arq.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2985/arq.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2986/arq.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3026/projeto_de_lei_44_2020-corrigido.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/620/arq.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/545/arq.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/1656/arq.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2655/arq.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2806/arq.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2812/arq.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2813/arq.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2857/arq.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2858/arq.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2871/arq.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2909/arq.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/2910/arq.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2020/3062/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H471"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>