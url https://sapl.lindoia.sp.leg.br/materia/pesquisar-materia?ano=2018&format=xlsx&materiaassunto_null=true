--- v0 (2026-02-02)
+++ v1 (2026-03-24)
@@ -54,4341 +54,4341 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1304/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1304/arq.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Executivo Municipal referentes ao exercício de 2015 ”</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>'BERTO SANTOS, Ademir Domingos do Couto, Bruno Tardelli, Juninho Granconato, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1305/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1305/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Artur Del Rio Condotta, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Lucas Torteli, Donizete do Trator, Luiz do Trailler, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1306/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1306/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Deputado Federal Alex Spinelli Manente, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Donizete do Trator, Lucas Torteli, Luiz do Trailler</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1307/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1307/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Salatiel Silveira, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Donizete do Trator, Lucas Torteli, Luiz do Trailler, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1309/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1309/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedida Medalha de Mérito “Cel. Estevam Franco de Godoy” ao Deputado Federal Ricardo Izar Júnior.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Luiz do Trailler, Donizete do Trator, Lucas Torteli, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1310/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1310/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Eduardo Cervantes Guaiato, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1311/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1311/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Deputado Federal Ricardo Izar Júnior, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1312/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1312/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedida Medalha de Mérito "Cel. Estevam Franco de Godoy” ao Deputado Federal Alex Spinelli Manente.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1313/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1313/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Fernando Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1314/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1314/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Jair Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1315/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1315/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Jairo Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1316/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1316/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Maurilio Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1317/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1317/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Rogério Lopes da Silva, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1318/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1318/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhora Lazara Aparecida Ramalho de Moraes, por relevantes serviços prestados em prol à nossa comunidade.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lucas Torteli</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1319/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1319/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhor JOSÉ DOMINGUES GASPARDI, por relevantes serviços prestados em prol à nossa comunidade.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1320/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1320/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor Marcelo Alves, por relevantes serviços prestados em prol ao turismo municipal.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1321/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1321/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhora Luciana Regina Bernardo, por relevantes serviços prestados em prol ao turismo municipal.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1322/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1322/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano a Senhora Ângela Mareia Mancilha Ribeiro Flor, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1323/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1323/arq.pdf</t>
   </si>
   <si>
     <t>Fica concedido o título de Cidadão Honorário Lindoiano ao Senhor LEANDRO DE SOUZA SABADINI, por relevantes serviços prestados em benefício da população Lindoiana.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1325/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1325/arq.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão de Representação para participar do 62° Congresso Estadual de Municípios”</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1326/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1326/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a constituição de Comissão Especial de Inquérito para investigação de fatos que especifica”</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1327/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1327/arq.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos do Código de Ética e Disciplina da Câmara Municipal de Lindóia e estabelece outras providências’’</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1328/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1328/arq.pdf</t>
   </si>
   <si>
     <t>“Denega Recurso Contra Ato da Presidência que especifica"</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>Marcelo Loiola, 'BERTO SANTOS, Donizete do Trator</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1329/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1329/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a prorrogação do prazo de funcionamento da Comissão Especial de Inquérito."</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1330/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1330/arq.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Concurso Público para preenchimento de cargos do quadro de pessoal da Câmara Municipal de Lindóia e estabelece outras providências"</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/701/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/701/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis copias dos processos licitatórios das obras: Praça Getúlio Vargas, Centro de Informações Turísticas e Estação de Tratamento de Água. Bem como as medições, perícias e os laudos técnicos de acompanhamento das obras.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/702/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/702/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis a certidão negativa de débitos municipais dos nobres vereadores da atual legislatura.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/703/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/703/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis todas as contas do executivo municipal no exercício 2009-2012.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/704/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/704/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis a copia do processo licitatório do carnaval 2012.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lucas Torteli, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/705/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/705/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor BENEDICTO ÂNGELO GUSSON, formulando um voto de “ Profundo Pesar” , pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/706/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/706/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor Natalino Pereira Gomes, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/707/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/707/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis informações e documentos que atestem que as vias existentes no Jardim Jupiá constituem bens públicos municipais.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/708/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/708/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora, MARIA ANGÉLICA BARBOSA FIORI, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/709/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/709/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor ARLINDO MAGRI DE OLIVERA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/710/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/710/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que que através do Departamento de Vigilância Sanitária e Diretoria de Meio Ambiente notifique o proprietário do Lote Urbano localizado as margens da Avenida das Fontes na entrada da cidade (Sentido Itapira). Tal lote localiza-se entre a Lanchonete Tropicana/Floricultura do João e a Rua Santa Rita.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/711/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/711/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Lei se houve patrocínio da Administração Pública aos blocos que participaram das festividades Carnavalescas de 2018.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/712/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/712/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor JOSÉ MARQUES DE OLIVEIRA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/713/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/713/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que de maneira URGENTE preste total auxílio para a Sra. Maria Neuza Paula Almeida que sofreu procedimento cirúrgico após a aplicação de injeção no Centro Médico “Dra. Doralice Catarina de Toledo” (P.A Laguinho).</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/714/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/714/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis a relação completa de servidores comissionados que trabalham no Poder Executivo, bem como as funções que os mesmos estão exercendo no momento e seus respectivos vencimentos.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/715/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/715/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à mesa nos termos regimentais, para que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis cópias capa a capa dos processos licitatórios relativos ao Carnaval 2018, bem como as cópias das publicações realizadas para divulgar as referidas licitações.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/716/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/716/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à mesa nos termos regimentais, para que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis a relação minuciosa dos gastos com o Carnaval 2018, dentre eles: banda, grupo de dança, seguranças, câmeras de monitoramento, tendas, banheiros, equipe médica, ECAD, bombeiros, projetos técnicos, dentre outros.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/717/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/717/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis, as seguintes informações abaixo solicitadas referentes à Realização das festividades Carnavalescas de 2018 em nosso Município:_x000D_
 • Cópia da Portaria de nomeação dos membros da Comissão de Organização do Carnaval 2018;_x000D_
 • Informar os valores arrecadados à título de Patrocínio, bem como discriminar o valor de cada patrocinador;_x000D_
 • Informar os valores arrecadados com a venda dos espaços públicos (barracas), bem como encaminhar as cópias dos recibos nominais dos adquirentes;_x000D_
 • Informar qual o nome do servidor responsável pela fiscalização e recebimento dos valores;_x000D_
 • Informar os valores pagos nas contratações dos shows, som, Luz, Palco equipe de segurança, dentre outros; bem como encaminhar cópia dos respectivos recibos ou notas fiscais;_x000D_
 • Cópia do balancete final de prestação de Contas.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/718/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/718/arq.pdf</t>
   </si>
   <si>
     <t>Os vereadores que a esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220 do RICM, apresenta o seguinte requerimento convocando a Diretora de Educação do Município de Lindoia a prestar esclarecimentos, em reunião em dia e hora a ser designada pela Presidência, sobre o a situação atual da Educação no Município de Lindoia.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/719/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/719/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Lei os valores arrecadados com a cobrança da Taxa de Embarque dos passageiros que fizeram uso do Terminal Rodoviário no período de 2016 e 2017.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/720/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/720/arq.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220 do RICM, apresenta o seguinte requerimento convocando a Diretora de Saúde do Município de Lindóia a prestar esclarecimentos, em reunião em dia e hora a ser designada pela Presidência, sobre o a situação atual sobre a área da Saúde no Município de Lindoia.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/721/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/721/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Legislativo, Informe a este Vereador quais as áreas restritas as quais os vereadores não podem ter acesso e quais podem.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/722/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/722/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que forneça a esta Casa de Leis a relação completa dos veículos que compõem a frota da Diretoria de Educação, bem como seus respectivos Motoristas e Monitores.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/723/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/723/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esses Vereadores e esta Casa de Leis, sobre os seguintes assuntos referentes à Saúde do município:_x000D_
 Médicos_x000D_
 • Informe à quantidade de médicos existentes no quadro municipal e quais suas especialidades;_x000D_
 • Informe os dias, horários e locais de atendimento;_x000D_
 • Informe a quantidade de atendimento por dia, discriminando cada um deles;_x000D_
 Medicação:_x000D_
 • Qual o motivo da falta de medicamentos_x000D_
 Exames:_x000D_
 • Qual o motivo na demora no agendamento de exames laboratoriais</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/724/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/724/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esses Vereadores e esta Casa de Leis, sobre os seguintes assuntos referentes à Saúde do município:_x000D_
 • CONISCA:_x000D_
 o Quais especialidades estão disponíveis para os pacientes de Lindoia?_x000D_
 o Quantos pacientes são atendidos por especialidade, no Consórcio?_x000D_
 o Quanto tempo demora atualmente, para agendamento de consulta em cada especialidade no CONISCA?_x000D_
 o Quanto tempo demora atualmente, para agendamento de procedimentos em cada especialidade no CONISCA?</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/725/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/725/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe esse Vereador e esta Casa de Leis, sobre os seguintes assuntos referentes à Saúde do município:</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/726/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/726/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esses Vereadores e esta Casa de Leis, sobre os seguintes assuntos referentes à Saúde do município:_x000D_
 INJEÇÕES_x000D_
 • Que seja aberta uma sindicância, para apurar os fatos, referente às injeções que causaram graves problemas aos Pacientes os quais as mesmas foram administradas;_x000D_
 • Que seja suspensa a administração deste medicamento e que todo o lote seja encaminhado para análise;_x000D_
 • Que seja dada TODA a assistência aos pacientes que apresentaram reação e aos seus familiares.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/727/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/727/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Lei se existe autorização para uso dos veículos oficiais por seus motoristas para realizar horário de almoço em suas respectivas residências.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/728/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/728/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Lei informações sobre a atuação de EMPRESAS DE VIGILÂNCIA PARTICULAR em nosso município.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/729/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/729/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Lei os documentos relativos a aquisição da Retroescavadeira adquirida com recursos do PAC, bem como as planilhas de uso da mesma nos últimos 4 meses.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/730/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/730/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Lei os documentos relativos a aquisição do Caminhão Basculante adquirido com recursos do PAC, bem como as planilhas de uso do mesmo nos últimos 4 meses.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/731/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/731/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Lei os documentos relativos a aquisição da motoniveladora adquirida com recursos do PAC, bem como as planilhas de uso da mesma nos últimos 4 meses.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/732/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/732/arq.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/734/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/734/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Legislativo para que forneça a estes Vereadores cópia do Processo Licitatório de Ampliação da Câmara Municipal realizado no exercício de 2017.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/735/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/735/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Legislativo para que forneça a estes Vereadores cópia do Processo Licitatório de aquisição de veículo realizado no exercício de 2017.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/736/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/736/arq.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe esse Vereador e esta Casa de Leis, sobre os seguintes assuntos referentes à aquisição de medicamentos do município:_x000D_
 Encaminhe cópia de todos os procedimentos licitatórios de aquisição de medicamentos dos anos de 2016, 2017 e 2018 que contenham em especial o medicamento DECADRON Dexametasona._x000D_
 Encaminhar todas as Notas Fiscais de compra do medicamento DECADRON Dexametasona._x000D_
 Encaminhar cópia de todos os empenhos na íntegra de aquisição do medicamento DECADRON Dexametasona.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/737/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/737/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe esse Vereador e esta Casa de Leis, sobre a_x000D_
 Exoneração do funcionário Marcelo Santos Segundo:_x000D_
 • Copia capa a capa do processo administrativo, que resultou na exoneração do funcionário:_x000D_
 • Encaminhe cópia integral da exoneração, valores, termos e como foi efetuado o pagamento da mesma.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/738/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/738/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis relação atualizada dos_x000D_
 valores constantes nas tabelas dos anexos da Lei Complementar n° 1.154 de 22 de Dezembro de 2009 que dispõe o Plano de Carreira e Remuneração do Magistério Municipal.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Juninho Granconato, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/739/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/739/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Leis informações e documentos que atestem se o trecho da Avenida do Contorno que se inicia na Alameda Juquiá, constitue bem público municipal.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/740/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/740/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Lei se a Administração Pública_x000D_
 realiza cobrança de IPTU das propriedades localizadas Avenida Joaquim Domingues no Bairro dos Feixos em nosso município, bem como informar desde que data a cobrança é realizada em caso positivo</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/741/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/741/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado a Comissão Permanente de Obras, Serviços Públicos e Atividades Privadas, para que informe a esta Casa de Leis quais medidas estão sendo tomadas por esta comissão na fiscalização da obra da reforma do Terminal Rodoviário Municipal, bem como encaminhe documentos comprobatórios das ações tomadas.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/742/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/742/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a estes vereadores e a esta Casa de Leis,_x000D_
 as cópias de notas fiscais, empenhos, justificativas e processos licitatórios de todos os itens que foram adquiridos com dotação orçamentária própria, oriunda de recursos financeiros da Guarda Municipal e da Diretoria de Transito, referente aos exercícios de 2015, 2016, 2017 até a presente data.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Ademir Domingos do Couto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/743/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/743/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que encaminhe a esta Casa de Lei cópia dos alvarás ou licença de funcionamento das EMPRESAS DE VIGILÂNCIA NOTURNA PARTICULAR em atuação em nosso município.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/744/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/744/arq.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4o, do RICM, apresenta o seguinte requerimento a fim de, pela última vez, reiterar ao Exmo. Sr. Prefeito Municipal de Lindoia que encaminhe a esta Câmara Municipal a “relação completa de servidores comissionados que trabalham no Poder Executivo, bem como as funções que os mesmos estão exercendo no momento e seus respectivos vencimentos”, facultando-se a remessa dos originais para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/745/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/745/arq.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4o, do RICM, apresenta o seguinte requerimento a fim de, pela última vez, reiterar ao Exmo. Sr. Prefeito Municipal de Lindóia que encaminhe a esta Câmara Municipal cópia “capa a capa dos processos licitatórios relativos ao Carnaval 2018, bem como as cópias das publicações realizadas para divulgaras referidas licitações”, facultando-se a remessa do original para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico em homenagem à noticiada economia de recursos públicos.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/746/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/746/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis, as seguintes informações abaixo solicitadas referentes à Realização das festividades Carnavalescas de 2018 em nosso Município:_x000D_
 • Cópia da Portaria de nomeação dos membros da Comissão de Organização do Carnaval 2018;_x000D_
 • Informar os valores arrecadados à título de Patrocínio, bem como discriminar o valor de cada patrocinador;_x000D_
 • Informar os valores arrecadados com a venda dos espaços públicos (barracas), bem como encaminhar as cópias dos recibos nominais dos adquirentes;_x000D_
 • Informar qual o nome do servidor responsável pela fiscalização e recebimento dos valores;_x000D_
 • Informar os valores pagos nas contratações dos Shows, Som, Luz, Palco equipe de segurança, dentre outros; bem como encaminhar cópia dos respectivos recibos ou notas fiscais;_x000D_
 • Cópia do balancete final de prestação de Contas.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/747/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/747/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado a diretoria do CONISCA - Consórcio Intermunicipal de Saúde do Circuito das Águas, para que informe a esses Vereadores e esta Casa de Leis, sobre os seguintes assuntos referentes à Saúde do município:_x000D_
 o Quais especialidades estão disponíveis para os pacientes de Lindoia?_x000D_
 o Quantos pacientes são atendidos por especialidade, no Consórcio?_x000D_
 o Quanto tempo demora atualmente, para agendamento de consulta em cada especialidade no CONISCA?_x000D_
 o Quanto tempo demora atualmente, para agendamento de procedimentos em cada especialidade no CONISCA?</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/748/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/748/arq.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4o, do RICM, apresenta o seguinte requerimento a fim de, pela última vez, reiterar ao Exmo. Sr. Prefeito Municipal de Lindóia que informe a esta Câmara Municipal sobre os seguintes assuntos referentes à Saúde do município:</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/749/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/749/arq.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4o, do RICM, apresenta o seguinte requerimento a fim de, pela última vez, reiterar ao Exmo. Sr. Prefeito Municipal de Lindoia que informe a esta Câmara Municipal sobre os seguintes assuntos referentes à Saúde do município:_x000D_
 INJEÇÕES_x000D_
 • Que seja aberta uma sindicância, para apurar os fatos, referente às injeções que causaram graves problemas aos Pacientes os quais as mesmas foram administradas;_x000D_
 • Que seja suspensa a administração deste medicamento e que todo o lote seja encaminhado para análise;_x000D_
 • Que seja dada TODA a assistência aos pacientes que apresentaram reação e aos seus familiares.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/750/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/750/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe esse Vereador e esta Casa de Leis, sobre os seguintes assuntos referentes à Educação do município:</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/751/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/751/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Lei cópia do Processo protocolado junto ao Poder Executivo com número 0000001186/2017.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/752/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/752/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor BENEDITO APARECIDO FIRMINO CIOLFI, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/753/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/753/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor Armindo Galaverna, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/754/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/754/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor ANÍSIO HILÁRIO GUESSE, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/755/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/755/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal em conjunto com a Diretoria de Trânsito e Segurança Pública, para que informe esse Vereador e esta Casa de Leis, a atual situação dos Autos de Infração de Transito abaixo Relacionados:</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/756/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/756/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor, Luiz Carlos Beghini Turri, formulando um voto de “ Profundo Pesar” , pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Bruno Tardelli</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/757/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/757/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia da Planilha de controle de utilização de veículo oficial do Poder Executivo emplacado como 001, bem como as requisições de uso no exercício de 2017.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/758/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/758/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia da Planilha de controle de utilização de veículo oficial do Poder Executivo emplacado como 001, bem como as requisições de uso no exercício de 2018.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/759/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/759/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia da Planilha de controle de utilização de veículo oficial do Poder Executivo emplacado como 002, bem como as requisições de uso no exercício de 2017.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/760/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/760/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia da Planilha de controle de  utilização de veículo oficial do Poder Executivo emplacado como 002, bem como as requisições de uso no exercício de 2018.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/761/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/761/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia da Planilha de controle de utilização de veículo Fiat Strada Placa FEV4132 - utilizada pela Diretoria de Obras, bem como as requisições de uso no exercício de 2017.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/762/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/762/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia da Planilha de controle de utilização de veiculo Fiat Strada Placa FEV4132 - utilizada pela Diretoria de Obras, bem como as requisições de uso no exercício de 2018.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/763/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/763/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 46/2015 - de objeto: Contratação de Empresa Especializada na Prestação de Serviços de Obras, visando a Construção de uma Ciclofaixa, Passeio Público, Sinalização Horizontal e Vertical e Iluminação Pública, com fornecimento de materiais e mão de obra. Facultando-se a remessa dos originais para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/764/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/764/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 05/2017 - de objeto: Contratação de Empresa Especializada na Prestação de Serviços de Obras, visando a Implantação e Modernização da Iluminação Pública das Principais Ruas e Avenidas do Sistema Viário do Município de Lindoia, com fornecimento de materiais e mão de obra. Facultando-se a remessa dos originais para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/765/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/765/arq.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4o, do RICM, apresenta o seguinte requerimento a fim de, pela última vez, reiterar ao Exmo. Sr. Prefeito Municipal de Lindoia que encaminhe a esta Câmara Municipal cópia “capa a capa do processo licitatório da obra de pavimentação do Morro do Mosquito em nosso Município, ”facultando-se a remessa do original para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico em homenagem à noticiada economia de recursos públicos.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/766/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/766/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Lei a composição atual do CONSELHO TUTELAR, com nomes dos atuais membros.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/767/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/767/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Lei se a Administração Publica_x000D_
 realiza cobrança de IPTU das propriedades localizadas no loteamento denominado “Condomínio dos Vieiras” em nosso município, bem como informar desde que data a cobrança é realizada em caso positivo.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/768/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/768/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família da Senhora Maria Bello Zampolli, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/769/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/769/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal em conjunto com a Diretoria de Trânsito e Segurança Pública, para que informe esse Vereador e esta Casa de Leis, quais dos atuais agentes de transito são autorizados a realizar a emissão de multas de Transito e se os mesmos possuem certificação para exercer tal função.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/770/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/770/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal em conjunto com a Diretoria competente, para que informe esse Vereador e esta Casa de Leis, quais as providencias que estão sendo tomadas pela Administração pública junto às empresas contratadas no sentido de solucionar o grande numero de lâmpadas de LED danificadas em nosso município.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/771/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/771/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que informe a esta Casa de Leis o motivo das duas ambulâncias recém-adquiridas que já estão à disposição da Administração Pública desde o dia 17 de Março não estarem sendo utilizadas para atender a População Lindoiana.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/772/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/772/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que informe a esta Casa de Leis o destino dos Mourões, Vigas, Cabos de Aço e Porteiras de Aço que foram retirados da Arena de Eventos de Lindoia - "EMERSON DE SOUZA".</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/773/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/773/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa da Tomada de Preco N° 003/2018 - EDITAL N° 020/2018 - OBJETO: Contratação de Empresa Especializada na Prestação de Serviços de Obras, visando a Construção de Unidade Básica de Saúde (UBS) no Conjunto Habitacional Ernesto Tardelli. neste Município, com fornecimento de materiais e mão de obra. (Convênio 652/2017 Secretária de Saúde do Estado de São Paulo). Facultando-se a remessa dos originais para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/774/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/774/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família da Senhora MAURA JUSTINA DOS SANTOS, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/775/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/775/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, a fim de que informe a esta Casa de Leis quais os servidores estão autorizados a utilizar o veículo Fiat Strada Placa FEV4132, bem como enviar cópia do controle de condutor, caso o mesmo exista.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/776/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/776/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor Mauro Peterneila Camacho, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/777/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/777/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Legislativo para que forneça a este Vereador, cópia do “habite-se” do prédio da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/778/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/778/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que forneça esse Vereador e esta Casa de Leis, controle de utilização, bem como informar os condutores que utilizaram o veículo Fiat Palio Fire Placa FCJ1393, durante o período de 12/06/2017 a 18/06/2017.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/779/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/779/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópias das notificações remetidas as empresas vencedoras dos processos licitatórios de aquisição das luminárias de LED, solicitando a substituição das luminárias que não estão funcionando.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/780/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/780/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que forneça esse Vereador e esta Casa de Leis, cópia dos recursos administrativos apresentados em 1a e 2a instancia para os Autos de Infração R4300613469-1, R4300597089-1, R4300603219-1.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/781/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/781/arq.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais e regimentais, e em conformidade com o disposto no art. 220, § 4o, do RICM, apresenta o seguinte requerimento a fim de, pela última vez, reiterar ao Exmo. Sr Prefeito Municipal de Lindoia que envie a estes vereadores e a esta Casa de Leis, as cópias de notas fiscais, empenhos, justificativas e processos licitatórios de todos os itens que foram adquiridos com dotação orçamentária própria, oriunda de recursos financeiros da Guarda Municipal e da Diretoria de Transito, referente aos exercícios de 2015, 2016, 2017 até a presente data, facultando-se a por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/782/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/782/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora, Tereza Moscão de Pauli, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/783/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/783/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor BENEDITO GOMES DE MORAES, formulando um voto de "Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/784/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/784/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 50/2015 - de objeto: Contratação de Empresa Especializada na Prestação de Serviços de Obras, visando a Reforma. Modernização. Revitalização e Infraestrutura de todo o Terminal Rodoviário “Ézio Coli", com fornecimento de materiais e mão de obra. Facultando-se a remessa dos originais para digitalização nessa Casa de Leis ou a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/785/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/785/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, solicitando que envie a esta Casa de Leis informações relativas ao Empenho 980/2018 datado em 07 de fevereiro de 2018:_x000D_
 • Justificativa para aquisição de 66 refeições em um único dia, pagos com recursos provenientes do Gabinete do Prefeito._x000D_
 • Quem foram as 66 pessoas que usufruíram dessas refeições, haja vista que este é um número muito superior aos servidores existentes no Gabinete do Prefeito._x000D_
 • Motivo das refeições adquiridas com o dinheiro público no valor R$24,60 por refeição serem 23% mais caras do que as de R$18,90 que o mesmo restaurante cobrou deste Vereador, conforme comprovado pela nota fiscal anexa.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/786/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/786/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, a fim de que informe a esta Casa de Leis qual servidor fez uso do veículo Fiat Strada Placa FEV4132 na sexta-feira dia 20 de Abril de 2018 por volta das 18:30, bem como informar o destino informado para utilização e a justificativa para o uso do mesmo.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/787/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/787/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, a fim que oficie o Executivo Municipal, para que informe a esta Casa de Leis qual o percentual utilizado até o presente momento referente às aberturas de créditos adicionais suplementares de despesas totais fixadas, prevista na Lei Orçamentaria Anual vigente.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Lucas Torteli</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/788/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/788/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor Flavio Ramalho Franco, formulando um voto de “Profundo Pesar", pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/789/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/789/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor, José Pinto de Souza Filho, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/790/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/790/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, a fim de que informe a estes Vereadores e a esta Casa de Leis sobre as seguintes informações:_x000D_
 • Qual o motivo do encerramento das atividades da Creche Santa Rita?_x000D_
 • Para onde foram os equipamentos, móveis e utensílios que eram utilizados no desenvolvimento das atividades da creche?_x000D_
 • O que será feito ou para o que será utilizado o Prédio onde se localizava a Creche Santa Rita</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/791/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/791/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família do Senhor, Luiz Camillo de Godoy, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/792/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/792/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a estes Vereadores e esta Casa de Leis, sobre as seguintes informações:_x000D_
 • Se a prefeitura tem conhecimento da multa em anexo? Em caso positivo, informe quem era o condutor do veículo?_x000D_
 • A Administração pública efetuou o pagamento da referida multa? Ou indicou seu condutor para que o mesmo efetuasse o pagamento?</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/793/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/793/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, a fim de que envie a estes Vereadores e a esta Casa de Leis, cópia do “habite-se" dos seguintes prédios públicos:._x000D_
 • Unidade Básica de Saúde "Doralice Catarina de Toledo Calazans"_x000D_
 • Espaço Vivencial de Transito "RODRIGO DE OLIVEIRA SOARES - Rodrigão"_x000D_
 • Creche Escola Vovó Augusta</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/794/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/794/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Legislativo para que informe a este Vereador, a Razão para o Veículo Oficial da Câmara Municipal placa 002, ficar tanto tempo na revisão, bem como informar o valor gasto na mesma.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/795/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/795/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora, Rosa Dias da Rocha, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/796/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/796/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 25/2018 - de objeto: Contratação de empresa especializada para prestação de serviços de assessoria técnica administrativa visando à organização e realização de Concurso Público, incluindo planejamento, organização, realização das provas, resposta a recursos, classificação do Concurso Público, orientação a Prefeitura em relação às publicações e acompanhamento geral, relativos aos tramites legais deste processo para o preenchimento das vagas existentes no quadro de servidores da PREFEITURA MUNICIPAL DA ESTÂNCIA HIDROMINERAL DE LINDÓIA. Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/797/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/797/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 29/2018 - de objeto: Prestação de Serviços de Obras, visando a Revitalização e Modernização do Entorno do Grande Lago do Município de Lindoia (Urbanização, Modernização, Revitalização, Iluminação, Paisagismo e Pavimentação Asfáltica do Entorno do Grande Lago), com fornecimento de materiais e mão de obra. Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/798/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/798/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia dos decretos os quais foram editados para suplementação/remanejamento do orçamento da despesa do exercício corrente, Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/799/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/799/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia dos processos de despesas identificados pelo n° de empenho 979 e 980 ambos de 07.02.2018, Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lucas Torteli, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/800/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/800/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos temos regimentais, que seja oficiado à família do Senhor José Tadeu Alves Pennacchi, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/801/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/801/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora ONILIA CANDIDA DE PAIVA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/802/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/802/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis relação completa dos valores pagos e repassados aos alunos agraciados com o subsidio de Transporte universitário e técnico discriminando nome do aluno e valor por ele recebido e unidade de ensino.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/803/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/803/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a estes Vereadores e esta Casa de Leis, sobre as seguintes informações sobre a multa em anexo:_x000D_
 • Quem era o condutor que estava dirigindo o veiculo na ocasião?_x000D_
 • Como e quando foi realizado pagamento da referida Infração? Bem como fornecer documentação que comprove que o pagamento da infração foi_x000D_
 atribuído ao condutor do veículo.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/804/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/804/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do processo 1842/2017, referente a autorização para realização do “Circuito Prime Festival”.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/805/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/805/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor BRAZ DAMIÃO GARCIA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/806/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/806/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado à família do Senhor JOÃO BATISTA DE FONSECA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Luiz do Trailler, Donizete do Trator, Lucas Torteli, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/807/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/807/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora, Gloria Maria de Toledo e Sousa, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/808/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/808/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado à família do Senhor Porphilio Faria Vieira, formulando um voto de "Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/809/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/809/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo de pavimentação asfáltica da Rua Vereador Eufrosino Alves de Godoy, popularmente conhecida como “Estrada do Matão”, em nosso município. Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/810/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/810/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora, ÉRICA DANIELA DE SOUZA, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/811/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/811/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, que seja oficiado à família da Senhora, MARIA RAMOS SABARÁ, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/812/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/812/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 49/2013, bem como do contrato 63/2014 e seus respectivos aditamentos de objeto: Prestação de Serviços de videomonitoramento eletrônico de vias e estabelecimentos públicos da Administração do Município de Lindoia. Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/813/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/813/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor Antônio Pedro da Silva, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/814/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/814/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Lei cópia do Processo protocolado junto ao Poder Executivo com número 408/2018.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/815/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/815/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia dos decretos para_x000D_
 suplementação/remanejamento do orçamento da despesa, quais foram editados no período de julho até a presente data.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/816/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/816/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, João Batista Alves de Godoi, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/817/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/817/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Orozimbo Cláudio Rodrigues, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Luiz do Trailler</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/818/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/818/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Chefe do Poder Legislativo para que forneça a este Vereador, cópia da nota fiscal da revisão realizada no Veículo Oficial da Câmara Municipal placa 002 no ano de 2018.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/819/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/819/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora Joana de Ramos formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/820/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/820/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que encaminhe a esta Casa de Leis informações e documentos que atestem se o trecho no final da Rua Ângelo Tersariol que interliga com a Rua Maria Romboli Zanchi e que atualmente encontra-se obstruída, constituí bem público municipal.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/821/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/821/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis cópias dos Decretos municipais 2.329/2018, 2.345/2018 e 2.346/2018.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/822/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/822/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a estes Vereadores e esta Casa de Leis, quais foram as instituições que foram repassados valores provenientes da abertura de crédito adicional suplementar autorizados pelas Leis 1.419/18 e 1.420/18 ambas de 02 de abril de 2018.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/823/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/823/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Leis a capacidade máxima de alunos suportada, bem como enviar a relação completa dos alunos atualmente matriculados na Creche " Edward Cardoso Bernardi" em nosso município.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/845/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/845/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Leis se atualmente existe Sala de Educação Especial no município, se existir que informe a quantidade de alunos existentes bem como informe onde estão sendo desenvolvidas as atividades educacionais da mesma.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/846/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/846/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Leis a capacidade máxima de alunos suportada, bem como enviar a relação completa dos alunos atualmente matriculados no "Espaço Amigo Clubinho Em Ação" em nosso município.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/847/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/847/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Leis a seguintes informações acerca do Conselho Tutelar:_x000D_
 a) O número atual de conselheiros tutelares em efetivo exercício;_x000D_
 b) A existência de suplentes aptos a assumir o encargo, em sendo necessário, e, no caso de eventual desinteresse de suplentes, se houve a destituição de tais suplentes;_x000D_
 c) Quais medidas efetivas foram tomadas caso o número atual de conselheiros não seja o previsto em lei;</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/848/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/848/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Leis a capacidade máxima de alunos suportada, bem como enviar a relação completa dos alunos atualmente matriculados na Creche "Vovó Augusta" em nosso município.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/849/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/849/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a esta Casa de Leis de maneira clara a relação completa de alunos agraciados com o subsidio de Transporte universitário e técnico discriminando nome do aluno e valor por ele recebido, bem como informar a instituição de ensino e a média mensal paga por aluno.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/850/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/850/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que informe a esta Casa de Leis a capacidade máxima de alunos suportada, bem como enviar a relação completa dos alunos atualmente matriculados na Creche "Vovó Maria" em nosso município.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/851/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/851/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, nos termos regimentais, que seja oficiado o Executivo Municipal, para que envie a estes Vereadores e esta Casa de Leis, cópias integrais das listas de frequência preenchidas nos ônibus que transportam os estudantes de ensino técnico e superior referentes ao período de Janeiro à Outubro de 2018 e entregues pelos respectivos proprietários do veículo.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/852/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/852/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Rafael Kalé Moraes, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/853/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/853/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família Senhor Alfredo Rogério Marques Faria formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/854/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/854/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor, Maurício Aparecido de Moraes, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/855/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/855/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor Jorge Pedro da Silva formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/856/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/856/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia capa a capa do Processo Licitatório 43/2018 - de objeto: Prestação de Serviços de Obras, visando o Plano de Combate ao Assoreamento do Grande Lago Lindóia - Obras de Infraestrutura no Parque Aquático I (Pavimentação Asfâltica, Guias, Sarjetas e Rede de Coleta de Águas Pluviais), com fornecimento de materiais e mão de obra, nos termos do Convênio n° 109/18, celebrado junto à Secretaria de Turismo / DADETUR. Facultando-se a remessa destas por arquivo eletrônico como forma de economia e celeridade.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/857/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/857/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família da Senhora Dirce de Lourdes Gomes Godoy, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/858/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/858/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à "família'" do Senhor Waldemar de Almeida Gomes, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/859/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/859/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia do Contrato 82/2018 - de objeto: Prestação de Serviços de Obras, visando a Construção e Revitalização Paisagística em frente ao Paço Municipal Agostinho de Souza Godoy do Município de Lindóia, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/860/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/860/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que envie a esta Casa de Leis cópia do Contrato 93/2018 - de objeto; Prestação de Serviços de Obras, visando a Construção de Unidade Básica de Saúde (UBS) no Conjunto Habitacional Ernesto Tardelli, neste Município, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/861/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/861/arq.pdf</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/862/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/862/arq.pdf</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/863/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/863/arq.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/864/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/864/arq.pdf</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/865/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/865/arq.pdf</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/866/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/866/arq.pdf</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/867/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/867/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiada à família da Senhora Aparecida Emílio da Rosa, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/868/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/868/arq.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/869/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/869/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que encaminhe a esta Casa de Leis seguinte informações sobre as rampas de acesso a cadeirante localizadas no município:_x000D_
 • Qual o valor médio para construção de uma rampa de acesso à cadeirante;_x000D_
 • Qual a finalidade das rampas construídas na rua Euphrosino Paes, haja vista que não existe espaço para locomoção de cadeirantes na referida via</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/870/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/870/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, á Mesa, nos termos regimentais, para oficie o Executivo Municipal, para que informe a esta Casa de Leis quais as medidas tomadas pela atual Administração no sentido de realizar a manutenção das rampas de acesso a cadeirante.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/871/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/871/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que encaminhe a esta Casa de Leis informações e documentos que atestem as medidas tomadas pela atual Administração no sentido de atender o art. 11 da Lei 1.412 de 24 de Novembro de 2017.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/872/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/872/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, à Mesa, nos termos regimentais, para que oficie o Executivo Municipal, para que informe a esta Casa de Leis qual o índice de reajuste salarial que será concedido aos servidores municipais para o exercício de 2019, haja vista o aumento de 15% realizado no orçamento anual.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/873/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/873/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor Benedito Pedroso Moraes, formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/874/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/874/arq.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, nos termos regimentais, seja oficiado à família do Senhor Antônio Carlos Schiavo formulando um voto de “Profundo Pesar”, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/555/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/555/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de proceder a regularização das propriedades localizadas na Rua Cabo Osmar Pereira em nosso município.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/556/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/556/arq.pdf</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/557/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/557/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente realize estudos a fim de alterar a preferencia de trafego de veículos no entroncamento da Avenida Governador Mario Covas Junior com a Avenida Do Lago em nosso Município.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/559/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/559/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Senhor Presidente da Câmara, que estude a possibilidade de implantação de sistema de protocolo eletrônico de documentos na Secretária da Câmara Municipal de Lindoia.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/561/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/561/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a limpeza das calçadas da Rua Luiz Gusson na altura do numerário 40, em nosso município.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/562/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/562/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a correção do buraco existente na Avenida do Lago na altura do numerário 30 em nosso município.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/563/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/563/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente, para que providencie de maneira urgente a instalação de redutor de velocidade do tipo lombada, na Rua Comendador Pedro Fachinni, na altura do numero 90 neste município.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/564/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/564/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente realize estudos a fim de permitir o estacionamento em 45° na Rua Francisco Rodrigues ao lado oposto da ciclovia recentemente construída.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/565/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/565/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente realize a pavimentação da viela existente entre a Avenida Rio do Peixe e a Rua Luís Beghine, frente a escola Estadual Pedro de Toledo em nosso município.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/566/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/566/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de disponibilizar estacionamento em 45° no novo projeto de revitalização da Praça Getúlio Vargas em nosso município.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/567/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/567/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de inclusão de construção de um coreto no novo projeto de revitalização da Praça Getúlio Vargas em nosso município.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/568/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/568/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a substituição das luminárias queimadas localizadas na Travessa Florêncio Paes, em nosso município.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/569/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/569/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto para que providencie a substituição das lâmpadas queimadas localizadas na Avenida do Lago próximo ao_x000D_
 numerário 286 em nosso município.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/574/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/574/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie a substituição das caçambas de lixo localizadas no Conjunto Habitacional Ernesto Tardelli por lixeiras mais adequadas.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/575/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/575/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a instalação de redutor de velocidade do tipo lombada, na Praça Rua José Roque de Moraes, na altura do numero 89, neste município.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/576/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/576/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a instalação de redutor de velocidade do tipo lombada, na Praça Getúlio Vargas, na altura do numero 123, neste município.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/577/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/577/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, para que estude a possibilidade de ampliar o trajeto dos caminhões de coleta de lixo para as principais ruas do Bairro Jardim Parque Aquático em nosso Município.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/578/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/578/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, para que providencie a construção de rede de coleta de águas pluviais no Bairro Jardim Parque Aquático em nosso Município.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/579/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/579/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, para que providencie a limpeza e manutenção das calçadas das ruas do Bairro índio de Ouro em nosso_x000D_
 município.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/580/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/580/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, para que providencie a pavimentação e instalação das placas de identificação das ruas recém-denominadas do Bairro Jardim Parque Aquático em nosso Município.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/581/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/581/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, para que providencie a reposição das luminárias danificadas na Avenida Francisco Gomes na altura dos_x000D_
 numerários 30, 98, 300 e 328 em nosso município.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/582/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/582/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, para que providencie a correção do buraco localizado na Avenida do Lago, próximo a Lanchonete Baby Choque em nosso município.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/583/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/583/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a substituição da iluminação queimada na Rua Adolfo de Souza Godoi em nosso município.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/584/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/584/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que em conjunto com a diretoria de obras do município, providencie a construção de uma fonte de água mineral aberta para a população no Laguinho próximo Recinto de Exposições Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/585/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/585/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a substituição das luminárias queimadas localizadas em toda a extensão da Rua Pedro Fachinni, bem como em todas as demais luminárias que não estão funcionando de nosso município.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/586/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/586/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a limpeza dos terrenos baldios localizados na Rua Adolfo de Souza Godoi na altura do numerário 102 em nosso município.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/587/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/587/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Municipal, para que, providencie de maneira urgente a construção de um ponto de ônibus para os alunos que utilizam o transporte escolar no Jardim da Lage em nosso munícipio.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/588/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/588/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a limpeza e manutenção das estradas vicinais do município de Lindoia.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/589/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/589/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que providencie de maneira urgente a limpeza e das ruas e calçadas do bairro Jardim da Lage em nosso Município.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/590/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/590/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS Prefeito Municipal, para que estude a possibilidade de concessão de isenção de IPTU (Imposto Predial Territorial Urbano), no Município de_x000D_
 Lindóia Estado de São Paulo, para aposentados, pensionistas e beneficiários do amparo social ao idoso e da renda mensal vitalícia.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/592/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/592/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal reiterando indicações apresentadas anteriormente para que providencie a instalação de Câmeras de Monitoramento na Rua Francisco Tozzi nas proximidades da Praça Benjamin Godoy Bueno em nosso município.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/593/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/593/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente que providencie a instalação de redutor de velocidade do tipo lombada, na Estrada Vicinal Águas de Lindóia / Lindoia, na altura do Km 3, nas proximidades da entrada do Rancho do Vale em nosso município.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/594/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/594/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente, providencie a reforma e adequação da Quadra de esporte da Escola EMEF “Professora Iracema de Souza Freitas” em nosso município.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/595/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/595/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, reiterando indicações apresentadas anteriormente, que providencie de maneira urgente a instalação de proteção na curva da Avenida Governador Mario Covas Junior, na altura do numero 81 neste município.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/596/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/596/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal em conjunto com a diretoria competente, que providencie a reinstalação das lixeiras outrora localizadas na Praça do Largo do Matriz em nosso município.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/597/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/597/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que providencie estudo de viabilidade para a construção pontos de ônibus para os alunos que utilizam o transporte escolar no Bairro índio de Ouro em nosso munícipio.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/598/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/598/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a Diretoria competente, providencie a substituição das lâmpadas queimadas existentes por_x000D_
 toda a extensão em nosso município.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/599/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/599/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, para que providencie a reforma e adequação da infraestrutura do Canil “Patas e Focinhos”.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/600/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/600/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que solicite ao setor competente que promova a REFORMA DA QUADRA DE FUTEBOL SOCIETY existente no_x000D_
 Recinto de Exposições, Turismo e Lazer, Prefeito Antônio Toledo.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/601/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/601/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal para que estude a possibilidade de realização de concurso público para a o Cargo de Engenheiro Municipal.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/602/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/602/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Presidente da Câmara e aos demais membros da Mesa Diretora que apresente Projeto de Lei provendo aumento salarial aos servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/603/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/603/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a limpeza e manutenção da Rua Mauro Demate, em nosso município.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/604/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/604/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal para que reative a Fonte Santa Rita de Cássia localizada na Rua Ângelo Terzariol no Bairro Jardim Lindoia, próximo à Delegacia de Policia Civil em nosso Município.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/605/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/605/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie de maneira urgente a correção dos desníveis na pavimentação existentes na Rua Capitão Benjamim Rodrigues, na altura do numero 105 neste município.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/606/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/606/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS; Ao Exmo. Senhor Prefeito Municipal para que seja implantado em nosso Município, com apoio e parceria das Diretorias de Educação, de_x000D_
 Assistência Social, de Saúde, do CRASS e da Guarda Municipal, um Programa sobre Drogas, como objetivo principal conscientizar os jovens e adolescentes com relação à prevenção das drogas enfatizando suas causas e consequências.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/607/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/607/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de viabilizar a cobertura da área externa no Espaço Vivencial de Transito_x000D_
 para a realização do emplacamento de veículos.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/608/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/608/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS; Ao Exmo. Senhor Prefeito Municipalpara que seja encaminhado a esta Casa um Projeto de Lei para Adequação Salarial e Valorização dos Guardas Municipais.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/609/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/609/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que proceda a manutenção das Estradas de terra existentes no Bairro do Barrocão em nosso município.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/610/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/610/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a Diretoria competente, providencie a poda das arvores e operação tapa buracos no trecho pavimentado do Bairro dos Costas em nosso município.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/611/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/611/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a Diretoria competente, providencie a poda das árvores, cascalhamento e obras de conservação das estradas não pavimentadas do Bairro dos Costas em nosso município.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/612/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/612/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie melhorias na estrutura da piscina pública municipal, em especial no quesito e segurança, bem como a deixar a mesma de acordo com a legislação sanitária vigente.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/613/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/613/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que formalize a regulamentação das ruas recém denominadas do Bairro Jardim Parque Aquático junto a CPFL e Correios a fim que as correspondências do moradores sejam entregues em suas residências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/614/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/614/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a aquisição de um mini trator cortador de grama para ser utilizado no Estádio de Futebol Municipal.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/615/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/615/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a substituição do gramado existente no Estádio de Futebol Municipal.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/616/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/616/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a correção do redutor de velocidade do tipo lombada existente na Avenida das Fontes, próximo ao numerário 42 em nosso município.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/617/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/617/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que interceda junto ao Excelentíssimo Senhor Deputado Estadual Barros Munhoz para que providencie um caminhão de Lixo para o nosso município.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/618/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/618/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que interceda junto ao Excelentíssimo Senhor Deputado Estadual Barros Munhoz para que providencie uma maquina trituradora de galhos para o nosso município.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/619/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/619/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal para que estude a possibilidade de encaminhar a esta Casa Legislativa um Projeto de Lei Instituindo a adoção de treinamento aos profissionais da rede pública de Ensino para prevenção de acidentes do tipo engasgos.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/621/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/621/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que tome as providências necessárias no sentido de providenciar a correção de rampas de acesso em nosso Município.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/622/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/622/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que promova limpeza, manutenção e reparos do Parquinho e na quadra de esportes do Conjunto Habitacional Ernesto Tardelli em nosso município.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/625/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/625/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize cascalhamento e conservação das ruas “Loteamento Parque Aquático Lindoia I” enquanto as obras de_x000D_
 infraestrutura não são realizadas.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/626/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/626/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal para que providencie a limpeza e corte da grama nas áreas externas do Conjunto Habitacional Ernesto Tardelli em nosso município.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/627/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/627/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente realize a pavimentação da viela existente entre a Avenida Rio do Peixe e a Rua Luís Beghine, frente à escola Estadual Pedro de Toledo em nosso município.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/628/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/628/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que providencie a perfuração de um poço artesiano no Loteamento Parque Aquático I em nosso município.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/629/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/629/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de disponibilizar, a instalação de uma unidade de autoatendimento externo da rede Banco 24 Horas, em nosso município.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/630/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/630/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que tome as providências necessária no sentido de providenciar a correção da rede esgoto danificada, localizada atrás da Escola Municipal Iracema se Souza Freitas.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/631/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/631/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de adquirir uma Ambulância adaptada para o transporte de pessoas portadoras de necessidades especiais, nesse município.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/632/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/632/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, que recape asfáltico na Rua Luiz Beghini localizada em nosso município.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/633/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/633/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, que recape asfáltico na Rua Angelo Giovanini localizada em nosso município</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/634/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/634/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Exmo. Senhor Prefeito Municipal, que recape asfáltico na Rua Vereador Atilio Siloto localizada em nosso município</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/635/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/635/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que estude a possibilidade de realizar plantio de árvores com copa no Corredor Turístico Municipal.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/636/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/636/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal em conjunto com a diretoria competente, providencie a limpeza e reinstalação das traves no Complexo Esportivo “Rosangela Bono dos Santos - Danda", localizado no Conjunto Habitacional São Judas Tadeu em nosso Município.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/637/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/637/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de viabilizar a montagem de uma sala de cirurgia veterinária para disponibilizar castração gratuita aos Cães e Gatos de nosso Município.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/638/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/638/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de realizar a manutenção e reparo na Academia ao ar livre localiza nas áreas Internas e externas do Recinto de Exposições Antônio de Toledo no Município de Lindoia.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/639/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/639/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de viabilizar a cobertura na arquibancada do estádio Municipal Pedro Tortelli em Lindoia</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/640/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/640/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a correção da calçada localizada na Avenida 31 de Março na altura do numerário 975 em nosso município.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/641/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/641/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretória competente providencie a liberação do final da Rua Ângelo Tersariol que interliga com a Rua Maria Romboli Zanchi e que atualmente encontra-se obstruída, dificultando a trafego de munícipes Lindoianos.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/642/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/642/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a limpeza e dedetização das galerias de águas pluviais e bueiros, em toda a extensão de nosso Município.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/643/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/643/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie operação tapa-buraco em toda extensão da Rua Cel. Estevam Franco em especial na altura do numerário 630.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/644/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/644/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de realizar a substituição do piso da quadra esportiva da Escola EMEF "Professora Iracema de Souza Freitas".</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/645/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/645/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de disponibilizar uma sala de plantão adequada para os motoristas de ambulância que realizam plantão.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/646/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/646/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de fornecimento gratuito de planta (projeto) para a construção de residências limitadas a 50 mt2.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/647/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/647/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que providencie a construção de uma fonte de água mineral aberta para aos munícipes na Praça Benjamin Godoy Bueno em nosso município.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/648/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/648/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de conceder isenção das taxas para uso de Espaço público (Barracas) para os comerciantes do município nas festividades Lindoianas.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/649/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/649/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie de maneira urgente operação tapa buracos na Rua Luis Beghini em especial atenção na altura do numerário 300.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/650/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/650/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Excelentíssimo Senhor Prefeito Municipal conjunto com a diretoria competente, providencie a reforma do Complexo Esportivo “Rosangela Bono dos Santos - Danda”, localizado no Conjunto Habitacional São Judas Tadeu em nosso Município.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/651/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/651/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize estudo para elaboração de revisão das Leis Municipais que dispõe sobre o Código de Obras e Código de Postura em nosso município.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/652/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/652/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize estudo para elaboração de revisão das Leis Municipais que dispõe sobre o Parcelamento, uso e ocupação de solo.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/653/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/653/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal em conjunto com a diretoria competente, providencie a substituição das luminárias queimadas que não estão funcionando de nosso município.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/654/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/654/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que em conjunto com a diretoria competente providencie a limpeza da estrada de terra que interliga a Rua Ângelo Tersariol e o Bairro Jardim da Lage e que atualmente encontra-se coberta de vegetação, impedindo o trafego de munícipes Lindoianos.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/655/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/655/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de providenciar a instalação de mais bancos na Praça Benjamin Godoy Bueno, próximo a rua Francisco Tozzi, no local onde ocorre a feira semanal.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/656/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/656/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que providencie de maneira urgente operação tapa buracos na Rua Guaianazes em especial atenção na altura do numerário 560 a 660.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/657/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/657/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que realize estudo para viabilizar a construção de um reservatório de água no alto do Morro do Mosquito a fim de auxiliar no fornecimento de água ao município.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/658/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/658/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize estudo a fim de viabilizar convênio para a implantação do Sistema DETECTA da Secretaria de Segurança Pública do Estado em nosso município.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/659/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/659/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize estudo a fim de viabilizar a aplicação da Lei Estadual 16.802 de 27 de Julho de 2018 e garantir a presença de funcionário e/ou professor habilitado em curso de procedimentos em primeiros socorros nas unidades de ensino no município de Lindoia.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/660/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/660/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de providenciar a instalação de bancos na área externa em frente a “Sede da Melhor Idade - Constantino Fiori”.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/661/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/661/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que estude a possibilidade de realizar a construção de uma rede coletora de esgoto no bairro Jardim da Lage neste município.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/662/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/662/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que tome as providências necessárias para que seja construído um reservatório de água de 100.000 litros (caixa de água), no “Loteamento Parque Aquático Lindoia I”, neste município para suprir as necessidades dos munícipes que ali residem.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/663/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/663/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que realize a instalação de uma Academia ao ar livre no "Loteamento Parque Aquático Lindóia I” em nosso município.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/664/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/664/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Sr. Prefeito Municipal, para que realize estudos a fim de providenciar a substituição da iluminação danificada no Bairro Jardim da Lage neste município.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/665/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/665/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, que estude a possibilidade de disponibilizar consultas oftalmológicas gratuitas para os alunos da rede municipal de ensino de Lindoia.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/666/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/666/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que providencie a construção de um poço artesiano no “Loteamento Parque Aquático Lindoia I” em nosso município.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/667/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/667/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Prefeito Municipal, para que, providencie a construção de um ponto de ônibus para os alunos que utilizam o transporte escolar no “Loteamento Parque Aquático Lindoia I” em nosso município.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/668/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/668/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que promova a realização de CAMPEONATO DE TRUCO em nosso município.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/669/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/669/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que promova a realização de campeonato de Jogo de Damas em nosso município.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/670/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/670/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que promova a realização~de campeonato ou torneio de VÔLEI DE AREIA em nosso município.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/671/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/671/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que organize e promova a realização de, campeonato de futebol denominado “COPA QUARENTÃO”.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/672/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/672/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de providenciar a realização do teste de orelhinha obrigatório na rede municipal de saúde.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/673/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/673/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal como forma de incentivo a cultura, priorize a contratação de artistas locais na realização das festividades musicais e culturais em nosso município.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/674/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/674/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que repasse de maneira integralmente os valores arrecadados com a venda dos espaços públicos (barracas), bem como os valores arrecadados à título de Patrocínio para a Paróquia de Nossa Senhora das Brotas.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/675/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/675/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de realizar construção de uma cerca de proteção entorno da Estação de Tratamento de Esgoto de Nossa Cidade.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/676/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/676/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de realizar a substituição da iluminação existente no ponto de ônibus do bairro dos costas em nosso município.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/677/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/677/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que interceda junto ao Excelentíssimo Senhor Deputado Estadual Barros Munhoz que a fim de possibilitar a construção de 50 (cinquenta) casas populares em nosso município.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/678/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/678/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize as seguintes melhorias no bairro Jardim da Lage em nosso Município:_x000D_
 • Instalação de novas placas de sinalização de ruas, pois as mesmas encontram-se apagadas e danificadas pelo tempo._x000D_
 • Instalação de novas luminárias em ruas que ainda não possuem e Substituição das luminárias danificadas._x000D_
 • Disponibilização de funcionários para a limpeza das ruas, corte de vegetação das calçadas e demais serviços necessários._x000D_
 • Instalação de placa de identificação com o nome do bairro no Trevo de Entrada</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>Lucas Torteli, Bruno Tardelli, Donizete do Trator, Luiz do Trailler, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/679/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/679/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de realizar a instalação de hidrômetros nas residências existentes no “Loteamento Parque Aquático Lindoia I” em nosso município.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/680/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/680/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal que realize a reinstalação de Arco de Flores nas ruas centrais de nosso Município.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/681/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/681/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que providencie a construção de um bebedouro ou uma fonte de água mineral aberta para a população no Recinto de Exposições e Lazer Prefeito Antônio de Toledo em nosso município.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/682/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/682/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, que estude a possibilidade de disponibilizar guarda municipal 24 horas no Terminal Rodoviário “Ézio Coli” em nosso município.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/683/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/683/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que estude a possibilidade de instalar um redutor de velocidade na Rua Valdemar Franco de Souza em nosso município.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/684/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/684/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que estude a possibilidade de voltar a realizar os eventos de Jogos Universitários em nosso município.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/685/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/685/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, que estude a possibilidade de realizar a mudança do sindicato dos servidores públicos municipais para o Sindicato dos Trabalhadores do Serviço Público Municipal de Águas de Lindoia.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/686/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/686/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que estude a possibilidade de realizar a contratação de um responsável pela zeladoria das dependências localizadas no entorno do Grande Lago em nosso município.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/687/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/687/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que em conjunto com a diretoria de saúde estude a possibilidade de implantar jornada de trabalho de 24/48 horas aos motoristas de ambulância de nosso município.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/688/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/688/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Exmo. Senhor Prefeito Municipal, para que estude a possibilidade de realizar a limpeza e pintura dos quiosques localizados no entorno do Grande Lago em nosso município.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/689/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/689/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a substituição das bandeiras desgastadas que estão hasteadas nos prédios públicos de nosso município.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/690/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/690/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a instalação de iluminação pública Rua Valdemar Franco de Souza em nosso município.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/691/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/691/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal para que providencie a instalação de grade de contenção na “boca de lobo” existente na calçada da Avenida 31 de Março na altura do numerário 996, próximo a Sede da Guarda Municipal de nosso município.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/692/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/692/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, ao Senhor Prefeito Municipal, para que providencie a substituição das placas de denominação das vias municipais que se encontram inelegíveis.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/693/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/693/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Senhor Prefeito Municipal, para que providencie que providencie a instalação de redutor de velocidade do tipo lombada, na Rua Salvador Pietrafeza e na Rua Francisco Lopes Fernandes, na altura do numero 66 em nosso município.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/694/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/694/arq.pdf</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/695/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/695/arq.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Prefeito Municipal, para que providencie o restabelecimento da energia, bem como o religamento da iluminação na Ponte de Arco “Sebastião Edward Pinto da Cunha - DADAI” em nosso município.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/888/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/888/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o empresário André Luís Toledo, pelos relevantes trabalhos frente ao AEROJET em nosso município.”</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/889/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/889/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o empresário Anderson Bueno Rodrigues, pelos relevantes trabalhos frente à Casa do Box em nosso município.”</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/890/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/890/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Edson da Silva Cardoso, pelo ato heroico de salvamento que realizou recentemente”.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/891/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/891/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear aos idealizadores da edição Lindoia do circuito prime festival”.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/892/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/892/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear a Jornalista ELIANE PRADO, pela realização da Palestra ‘Mulher e o Poder’ no evento em homenagem ao Dia Internacional das Mulheres idealizado pela Câmara Municipal de Lindóia”.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>Bruno Tardelli, Ademir Domingos do Couto, 'BERTO SANTOS, Juninho Granconato, Lucas Torteli, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/893/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/893/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Dr.a Francine Pennacchi, pela realização da Palestra ‘Beleza da Mulher’ no evento em homenagem ao Dia Internacional das Mulheres realizado na Câmara Municipal de Lindóia”.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>Lucas Torteli, Bruno Tardelli, Donizete do Trator, Juninho Granconato, Luiz do Trailler, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/894/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/894/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. João Antônio Raimundo Batista pelos relevantes trabalhos realizado frente à Flora Botânica em nosso município”.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Marcelo Loiola, Ademir Domingos do Couto, 'BERTO SANTOS, Bruno Tardelli, Juninho Granconato, Lucas Torteli, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/895/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/895/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os empresários Luiz Carlos Tomazi Cozáro e Cristian Ricardo Mian Cozáro, pelos relevantes trabalhos desempenhados frente ao Bar Irmãos Cozáro em nosso município.”</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/896/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/896/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o empresário Marcelo Francisco Aparecido Cunha, pela recente inauguração do ‘Frango Lanches’ em nosso município.”</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/897/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/897/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os membros do grupo “Todos por Lindoia” pelos relevantes trabalho de conscientização realizado nas Redes Sociais”.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/898/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/898/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindòia tem a honra de homenagear o empresário José Aguiar Bueno, pela recente inauguração do ‘Escondidinho Lanches’ em nosso município.”</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/899/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/899/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Diogo Faria Místico pela idealização da 2a edição do Kombitur 2018”.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/900/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/900/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. LUIZ CARLOS SCARPIONI ZAMBOLIM pelos relevantes serviços prestados frente à Prefeitura do Município De Lindóia”.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. Pedro Mendes Tortelli pelos relevantes serviços prestados frente à Administração do Município De Lindóia”.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Senhora CREUSA BENEDITA DE SOUZA pelos relevantes serviços prestados frente à Diretoria de Educação do Município De Lindóia”.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/903/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/903/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. Arlindo João Batista Lucas pelo belíssimo trabalho paisagístico realizado Espaço Vivencial de Transito e na Praça das Águas em nosso município” .</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/904/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/904/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. EDSON DONIZETI GALVÃO pelos relevantes serviços prestados frente à Diretoria de Esportes e Lazer do Município De Lindóia” .</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/905/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/905/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. Ricardo Torteli de Oliveira pelos relevantes serviços prestados na organização da edição Lindóia do circuito prime festival ocorrida recentemente”.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/906/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/906/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. Fernando Juliano Fernandes pelos serviços prestados aos munícipes junto à Diretoria de Saúde do Município De Lindóia”.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/907/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/907/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Sr.a Onice Vieira de Oliveira pelos serviços prestados aos munícipes na unidade de Pronto Atendimento do Município De Lindóia”.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/908/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/908/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os empresários Luiz Humberto Almeida Junior e Francisco Araújo Junior, em comemoração aos 10 anos da Drogaria Popular em nosso município.”</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/909/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/909/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o Pastor Fernando Ferreira Brandão pelos relevantes trabalhos realizados frente à Igreja de Cristo Pentecostal Internacional (ICPI)” .</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>Donizete do Trator, Bruno Tardelli, Lucas Torteli, Luiz do Trailler, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/910/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/910/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os Pastores Tiago de Paula da Silva e Ramon Lopes pelos relevantes trabalhos realizados frente à Assembleia de Deus de Madureira”.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/911/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/911/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Rubens da Silva - Pastor/Fundador da Assembleia de Deus de Madureira em Lindóia”.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>Donizete do Trator, Bruno Tardelli, Lucas Torteli, Luiz do Trailler, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/912/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/912/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Senhor Antônio Flores dos Santo pelo belíssimo trabalho calçamento realizado nas calçadas recém-construídas em nosso município”.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>Donizete do Trator, Bruno Tardelli, Juninho Granconato, Lucas Torteli, Luiz do Trailler, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/913/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/913/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o casal Donizete Carlos de Moraes e Adriana Faria pelo sucesso na realização 2a edição do Kombitur 2018 ocorrida recentemente” .</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. José Benedito Aparecido Demate pelos serviços prestados frente à Divisão de Serviços Públicos do Município De Lindóia”.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>Luiz do Trailler, Bruno Tardelli, Donizete do Trator, Lucas Torteli, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/915/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/915/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os servidores responsáveis pela manutenção das redes hidráulicas do município de Lindóia”.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/916/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/916/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindoia tem a honra de homenagear o Conselho Comunitário de Segurança pela realização da Cerimonia Cívica em comemoração ao DIA DO CONSEG”</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/917/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/917/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. João Paulo Vieira Trevisan pelos serviços prestados aos munícipes lindoianos frente a coordenação do posto de atendimento do Ganha Tempo”.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/918/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/918/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear A Qualy Nutrição Animal em comemoração aos 10 anos em nosso município.”</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/919/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/919/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindoia tem a honra de homenagear o Exmo. Sr. Dr. Carlos Eduardo Silos de Araújo pela palestra realizada da Cerimonia Cívica em comemoração ao DIA DO CONSEG em nosso município.”</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/920/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/920/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Escola de Educação Especial “Raio de Sol” - APAE de Águas de Lindoia pelos relevantes serviços prestados ao município de Lindoia”.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/921/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/921/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia repudia o Vereador Aparecido Luiz Matos, pela conduta inadequada que apresentou na 25a Sessão Ordinária realizada no dia 23 de Abril de 2018”.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/922/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/922/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o pastor João Arantes Sá Menezes - Tchiallo e pastora Bianca Arleu Sá Menezes pela realização do evento Domingo da Igreja Perseguida (DIP)”.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/923/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/923/arq.pdf</t>
   </si>
   <si>
     <t>Os Vereadores à Câmara Municipal da Estância Hidromineral de Lindoia que esta subscreve vêm pela presente apresentar moção de repúdio em face ao Sr. EDSON BENEDITO DE OLIVEIRA MARQUEZIN, Vereador à Câmara Municipal de Serra Negra, em decorrência de seu pronunciamento levado a efeito na tribuna daquela Casa de Lei.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/924/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/924/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia vem pelo presente apelar ao Excelentíssimo Senhor Governador do Estado de São Paulo, Mareio França, solicitando a realização de estudo visando o aumento do efetivo de Policiais Militares que desempenham suas funções no município de Lindoia/SP.”</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/925/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/925/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Justiça Federal pelos relevantes serviços prestados ao município de Lindoia na condenação dos responsáveis pelas irregularidades nas obras de adequação e ampliação de estação de tratamento de água municipal.”</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/926/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/926/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os membros à guarnição do corpo de bombeiros de Lindóia que atenderam a ocorrência de incêndio natural na Rua Caiapós, na data de 05 de maio de 2018.”</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/927/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/927/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a Polícia Federal pela atuação da polícia federal na operação prato feito, a qual investiga o desvio de merendas em algumas prefeituras do estado de São Paulo.”</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/928/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/928/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a equipe de futsal ‘Os Malas F. C*. pela recente conquista do 39° Campeonato futsal de Inverno 2018 e pelos seus 10 anos de existência”.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/929/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/929/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os empresários Maíra Pietrafeza Lopes Zamboim e Diego Ramalho Zamboim, pela recente inauguração da DROGARIA TOTAL em nosso município”.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>Lucas Torteli, Bruno Tardelli, Donizete do Trator, Juninho Granconato, Luiz do Trailler, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/930/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/930/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a empresária Ester Turato dos Santos, pela recente inauguração do *NL Importados’ em nosso município.”</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>Donizete do Trator, Bruno Tardelli, Juninho Granconato, Lucas Torteli, Luiz do Trailler, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/931/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/931/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o trabalhador lindoiano: EDNALDO DE GODOY</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>Donizete do Trator</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/932/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/932/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear o trabalhador lindoiano: Herminio Tavares da Silva, conhecido por todos como Nino Eletricista” .</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/933/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/933/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear V. Rev. Padre Carlos Eduardo Corrêa pela organização e realização das festividades da Festa da Padroeira ocorrida recentemente”.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/934/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/934/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear ao empresário Ângelo Antônio Federici Mérola pela relevante colaboração ao turismo municipal”</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/935/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/935/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o casal Marcelo Freire da Cunha Vianna e Ana Claudia Moreira Vianna pela relevante colaboração ao turismo municipal”</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>Lucas Torteli, Bruno Tardelli, Donizete do Trator, Luiz do Trailler, Marcelo Loiola, Rafael de Sousa Pinto</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/936/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/936/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo Lindoiano manifesta apoio à proposta de emenda à constituição do Estado de São Paulo PEC n° 2/2018, que tramita na Assembleia Legislativa, que inclui §2° a no artigo 138 da Constituição do Estado, visando adequar a diferença da remuneração no salário padrão entre todos os postos e graduações da Polícia Militar do Estado de São Paulo.”</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/937/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/937/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear a professora Luciana de Godov Souza, pelo trabalho realizado com os alunos vencedores premiação na Olimpíada Paulista de Física.”</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/938/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/938/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o empresário José Acácio Guedes da Costa, pela recente inauguração da das novas instalações da ‘TAMINUS BARBER’ em nosso município”.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Bruno Tardelli, Donizete do Trator, Lucas Torteli, Luiz do Trailler, Marcelo Loiola</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/939/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/939/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o professor Elias de Souza Junior, pela iniciativa de trazer os alunos para assistir e conhecer os trabalhos da Câmara Municipal.”</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>Rafael de Sousa Pinto, Bruno Tardelli, Donizete do Trator, Lucas Torteli, Luiz do Trailler</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/940/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/940/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o professor Gisele Luciane de Campos, pela iniciativa de trazer os alunos para assistir e conhecer os trabalhos da Câmara Municipal.”</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/941/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/941/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Vereador José Humberto Pietrafesa dos Santos, pela iniciativa por viabilizar a 14a Sessão Extraordinária.”</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/942/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/942/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o empresário José Sidnei Lopes, pela recente inauguração do HYS Motos em nosso município.”</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/943/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/943/arq.pdf</t>
   </si>
   <si>
     <t>“ O Poder Legislativo de Lindóia tem a honra de homenagear a jovem Lara Corviello, pela conquista do 6o Lugar no concurso de redações EPTV na Escola.”</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/944/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/944/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear o Sr. ARIEL FREITAS RIBEIRO pelas recentes conquistas realizadas frente ao time de futebol”.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/945/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/945/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os servidores públicos municipais pela recente ocupação realizada nas dependências da Câmara Municipal.”</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/946/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/946/arq.pdf</t>
   </si>
   <si>
     <t>“O Poder Legislativo de Lindóia tem a honra de homenagear os maratonistas José Vasconcelos e Gabriel Wilian de Oliveira Vasconcelos por representar o município de Lindoia nas maratonas regionais”.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1418/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1418/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providências correlatas. ”</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1419/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1419/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargo público e abertura de vaga no quadro de pessoal permanente da Administração Pública Municipal Direta, e dá outras providências."</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1420/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1420/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1421/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1421/arq.pdf</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1422/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1422/arq.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal n° 1.414, de 26 de dezembro de 2.017, que especifica e dá outras providências correlatas. ”</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1423/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1423/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição no Município da Estância Hidromineral de Lindoia a Contribuição para Custeio dos Serviços de Iluminação Pública - CIP, prevista no artigo 149-A, da Constituição da República Federativa do Brasil. ”</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1424/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1424/arq.pdf</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1425/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1425/arq.pdf</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1426/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1426/arq.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1427/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1427/arq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial, e dá outras providências.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1428/ple0011e_2018.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1428/ple0011e_2018.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes Orçamentárias para elaboração e execução da Lei Orçamentária para o exercício financeiro de 2.019, e dá outras providências.”</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1429/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1429/arq.pdf</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1430/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1430/arq.pdf</t>
   </si>
   <si>
     <t>“ Autoriza a abertura de crédito adicional suplementar e dá outras providencias”</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1431/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1431/arq.pdf</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1432/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1432/arq.pdf</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1433/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1433/arq.pdf</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1434/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1434/arq.pdf</t>
   </si>
   <si>
     <t>“Introduz modificações na Lei Municipal n° 532, de 16 de Dezembro de 1992, que institui o Código de Diretrizes Urbanísticas do Município de Lindoia."</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1435/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1435/arq.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal n° 1.414, de 26 de dezembro de 2017, que especifica e dá outras providencias.”</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1436/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1436/arq.pdf</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1437/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1437/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição no Município da Estância Hidromineral de Lindoia a Contribuição para Custeio dos Serviços de Iluminação Pública - CIP, prevista no artigo 149-A, da Constituição da República Federativa do Brasil. ”</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1438/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1438/arq.pdf</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1439/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1439/arq.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal n° 1.414, de 26 de dezembro de 2017, que especifica e dá outras providencias."</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1440/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1440/arq.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria de Segurança Pública e pelo Instituto de Identificação 'Ricardo Gumbleton Daunt”</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1441/ple0027e_2018.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1441/ple0027e_2018.pdf</t>
   </si>
   <si>
     <t>“Estima a Receita e Fixa a Despesa do Município da Estância Hidromineral de Lindóia, para o exercício de 2. 019. ”</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1442/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1442/arq.pdf</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1443/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1443/arq.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Regularização de Débito Fiscal no Município da Estância Hidromineral de Lindóia, na forma que estabelece e dá outras providências. ”</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1444/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1444/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de próprios públicos que especifica”</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1445/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1445/arq.pdf</t>
   </si>
   <si>
     <t>“Institui a 'Lei Lucas Begalli Zamora' que dispõe sobre a obrigatoriedade da adoção de treinamento aos profissionais da rede pública e privada de Ensino_x000D_
 para prevenção de acidentes do tipo engasgos bem como de primeiros socorros e dá outras providências ”</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1446/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1446/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de vias públicas que especifica”</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1447/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1447/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de vias públicas que especifica ”</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1448/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1448/arq.pdf</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1449/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1449/arq.pdf</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1450/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1450/arq.pdf</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública da Associação Patas e Focinhos - APF”</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1451/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1451/arq.pdf</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1452/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1452/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de próprios públicos que especifica”</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1453/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1453/arq.pdf</t>
   </si>
   <si>
     <t>"Institui a criação do Dia do Guarda Municipal no município de Lindóia e especifica"</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1454/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1454/arq.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de próprios públicos que especifica"</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1455/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1455/arq.pdf</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1456/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1456/arq.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Lindoia, à “Semana Municipal” e “O Dia do Profissional de Educação Física”, e da outras providencias correlatas.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1457/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1457/arq.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de câmeras de monitoramento de segurança nas escolas públicas e adjacências, existentes no município de Lindoia ”</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1458/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1458/arq.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a aprovar projetos de Condomínio Horizontal de Lotes no perímetro urbano e dá outras providências correlatas. ”</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1459/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1459/arq.pdf</t>
   </si>
   <si>
     <t>Introduz modificações na Lei Municipal n°. 533, de 16 de Dezembro de 1992, que institui o Código de Obras do Município da Estância Hidromineral de Lindoia(SP), que especifica".</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1460/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1460/arq.pdf</t>
   </si>
   <si>
     <t>“Introduz modificações na Lei Municipal n°. 532, de 16 de Dezembro de 1992, que Institui o Código de Diretrizes Urbanísticas do Município de Lindóia, e dá outras providências".</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1461/arq.pdf</t>
+    <t>http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1461/arq.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4692,67 +4692,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1304/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1305/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1306/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1307/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1309/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1310/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1311/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1312/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1313/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1314/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1315/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1316/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1317/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1318/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1319/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1320/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1321/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1322/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1323/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1325/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1326/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1327/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1328/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1329/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1330/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/701/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/702/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/703/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/704/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/705/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/706/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/707/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/708/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/709/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/710/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/711/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/712/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/713/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/714/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/715/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/716/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/717/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/718/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/719/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/720/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/721/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/722/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/723/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/724/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/725/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/726/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/727/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/728/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/729/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/730/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/731/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/732/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/734/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/735/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/736/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/737/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/738/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/739/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/740/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/741/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/742/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/743/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/744/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/745/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/746/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/747/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/748/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/749/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/750/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/751/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/752/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/753/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/754/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/755/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/756/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/757/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/758/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/759/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/760/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/761/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/762/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/763/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/764/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/765/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/766/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/767/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/768/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/769/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/770/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/771/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/772/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/773/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/774/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/775/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/776/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/777/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/778/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/779/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/780/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/781/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/782/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/783/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/784/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/785/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/786/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/787/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/788/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/789/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/790/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/791/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/792/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/793/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/794/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/795/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/796/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/797/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/798/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/799/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/800/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/801/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/802/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/803/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/804/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/805/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/806/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/807/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/808/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/809/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/810/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/811/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/812/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/813/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/814/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/815/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/816/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/817/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/818/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/819/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/820/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/821/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/822/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/823/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/845/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/846/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/847/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/848/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/849/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/850/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/851/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/852/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/853/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/854/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/855/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/856/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/857/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/858/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/859/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/860/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/861/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/862/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/863/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/864/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/865/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/866/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/867/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/868/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/869/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/870/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/871/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/872/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/873/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/874/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/555/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/556/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/557/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/559/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/561/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/562/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/563/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/564/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/565/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/566/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/567/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/568/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/569/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/574/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/575/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/576/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/577/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/578/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/579/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/580/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/581/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/582/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/583/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/584/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/585/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/586/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/587/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/588/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/589/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/590/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/592/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/593/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/594/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/595/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/596/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/597/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/598/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/599/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/600/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/601/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/602/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/603/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/604/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/605/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/606/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/607/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/608/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/609/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/610/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/611/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/612/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/613/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/614/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/615/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/616/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/617/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/618/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/619/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/621/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/622/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/625/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/626/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/627/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/628/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/629/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/630/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/631/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/632/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/633/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/634/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/635/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/636/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/637/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/638/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/639/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/640/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/641/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/642/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/643/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/644/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/645/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/646/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/647/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/648/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/649/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/650/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/651/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/652/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/653/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/654/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/655/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/656/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/657/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/658/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/659/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/660/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/661/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/662/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/663/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/664/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/665/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/666/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/667/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/668/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/669/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/670/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/671/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/672/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/673/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/674/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/675/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/676/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/677/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/678/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/679/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/680/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/681/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/682/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/683/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/684/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/685/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/686/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/687/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/688/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/689/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/690/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/691/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/692/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/693/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/694/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/695/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/888/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/889/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/890/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/891/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/892/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/893/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/894/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/895/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/896/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/897/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/898/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/899/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/900/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/903/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/904/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/905/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/906/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/907/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/908/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/909/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/910/arq.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/911/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/912/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/913/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/915/arq.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/916/arq.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/917/arq.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/918/arq.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/919/arq.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/920/arq.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/921/arq.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/922/arq.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/923/arq.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/924/arq.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/925/arq.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/926/arq.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/927/arq.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/928/arq.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/929/arq.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/930/arq.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/931/arq.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/932/arq.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/933/arq.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/934/arq.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/935/arq.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/936/arq.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/937/arq.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/938/arq.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/939/arq.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/940/arq.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/941/arq.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/942/arq.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/943/arq.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/944/arq.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/945/arq.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/946/arq.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1418/arq.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1419/arq.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1420/arq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1421/arq.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1422/arq.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1423/arq.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1424/arq.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1425/arq.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1426/arq.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1427/arq.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1428/ple0011e_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1429/arq.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1430/arq.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1431/arq.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1432/arq.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1433/arq.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1434/arq.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1435/arq.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1436/arq.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1437/arq.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1438/arq.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1439/arq.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1440/arq.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1441/ple0027e_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1442/arq.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1443/arq.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1444/arq.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1445/arq.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1446/arq.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1447/arq.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1448/arq.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1449/arq.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1450/arq.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1451/arq.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1452/arq.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1453/arq.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1454/arq.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1455/arq.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1456/arq.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1457/arq.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1458/arq.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1459/arq.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1460/arq.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1461/arq.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1304/arq.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1305/arq.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1306/arq.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1307/arq.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1309/arq.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1310/arq.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1311/arq.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1312/arq.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1313/arq.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1314/arq.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1315/arq.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1316/arq.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1317/arq.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1318/arq.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1319/arq.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1320/arq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1321/arq.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1322/arq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1323/arq.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1325/arq.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1326/arq.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1327/arq.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1328/arq.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1329/arq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1330/arq.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/701/arq.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/702/arq.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/703/arq.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/704/arq.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/705/arq.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/706/arq.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/707/arq.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/708/arq.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/709/arq.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/710/arq.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/711/arq.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/712/arq.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/713/arq.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/714/arq.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/715/arq.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/716/arq.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/717/arq.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/718/arq.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/719/arq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/720/arq.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/721/arq.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/722/arq.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/723/arq.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/724/arq.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/725/arq.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/726/arq.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/727/arq.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/728/arq.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/729/arq.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/730/arq.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/731/arq.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/732/arq.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/734/arq.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/735/arq.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/736/arq.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/737/arq.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/738/arq.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/739/arq.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/740/arq.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/741/arq.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/742/arq.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/743/arq.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/744/arq.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/745/arq.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/746/arq.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/747/arq.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/748/arq.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/749/arq.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/750/arq.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/751/arq.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/752/arq.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/753/arq.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/754/arq.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/755/arq.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/756/arq.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/757/arq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/758/arq.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/759/arq.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/760/arq.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/761/arq.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/762/arq.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/763/arq.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/764/arq.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/765/arq.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/766/arq.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/767/arq.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/768/arq.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/769/arq.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/770/arq.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/771/arq.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/772/arq.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/773/arq.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/774/arq.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/775/arq.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/776/arq.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/777/arq.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/778/arq.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/779/arq.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/780/arq.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/781/arq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/782/arq.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/783/arq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/784/arq.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/785/arq.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/786/arq.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/787/arq.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/788/arq.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/789/arq.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/790/arq.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/791/arq.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/792/arq.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/793/arq.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/794/arq.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/795/arq.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/796/arq.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/797/arq.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/798/arq.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/799/arq.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/800/arq.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/801/arq.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/802/arq.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/803/arq.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/804/arq.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/805/arq.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/806/arq.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/807/arq.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/808/arq.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/809/arq.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/810/arq.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/811/arq.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/812/arq.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/813/arq.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/814/arq.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/815/arq.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/816/arq.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/817/arq.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/818/arq.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/819/arq.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/820/arq.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/821/arq.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/822/arq.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/823/arq.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/845/arq.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/846/arq.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/847/arq.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/848/arq.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/849/arq.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/850/arq.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/851/arq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/852/arq.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/853/arq.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/854/arq.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/855/arq.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/856/arq.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/857/arq.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/858/arq.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/859/arq.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/860/arq.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/861/arq.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/862/arq.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/863/arq.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/864/arq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/865/arq.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/866/arq.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/867/arq.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/868/arq.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/869/arq.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/870/arq.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/871/arq.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/872/arq.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/873/arq.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/874/arq.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/555/arq.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/556/arq.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/557/arq.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/559/arq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/561/arq.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/562/arq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/563/arq.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/564/arq.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/565/arq.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/566/arq.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/567/arq.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/568/arq.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/569/arq.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/574/arq.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/575/arq.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/576/arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/577/arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/578/arq.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/579/arq.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/580/arq.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/581/arq.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/582/arq.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/583/arq.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/584/arq.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/585/arq.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/586/arq.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/587/arq.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/588/arq.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/589/arq.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/590/arq.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/592/arq.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/593/arq.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/594/arq.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/595/arq.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/596/arq.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/597/arq.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/598/arq.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/599/arq.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/600/arq.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/601/arq.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/602/arq.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/603/arq.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/604/arq.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/605/arq.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/606/arq.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/607/arq.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/608/arq.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/609/arq.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/610/arq.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/611/arq.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/612/arq.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/613/arq.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/614/arq.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/615/arq.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/616/arq.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/617/arq.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/618/arq.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/619/arq.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/621/arq.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/622/arq.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/625/arq.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/626/arq.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/627/arq.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/628/arq.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/629/arq.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/630/arq.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/631/arq.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/632/arq.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/633/arq.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/634/arq.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/635/arq.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/636/arq.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/637/arq.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/638/arq.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/639/arq.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/640/arq.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/641/arq.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/642/arq.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/643/arq.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/644/arq.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/645/arq.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/646/arq.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/647/arq.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/648/arq.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/649/arq.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/650/arq.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/651/arq.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/652/arq.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/653/arq.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/654/arq.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/655/arq.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/656/arq.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/657/arq.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/658/arq.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/659/arq.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/660/arq.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/661/arq.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/662/arq.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/663/arq.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/664/arq.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/665/arq.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/666/arq.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/667/arq.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/668/arq.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/669/arq.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/670/arq.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/671/arq.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/672/arq.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/673/arq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/674/arq.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/675/arq.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/676/arq.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/677/arq.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/678/arq.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/679/arq.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/680/arq.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/681/arq.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/682/arq.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/683/arq.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/684/arq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/685/arq.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/686/arq.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/687/arq.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/688/arq.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/689/arq.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/690/arq.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/691/arq.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/692/arq.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/693/arq.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/694/arq.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/695/arq.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/888/arq.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/889/arq.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/890/arq.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/891/arq.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/892/arq.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/893/arq.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/894/arq.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/895/arq.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/896/arq.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/897/arq.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/898/arq.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/899/arq.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/900/arq.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/903/arq.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/904/arq.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/905/arq.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/906/arq.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/907/arq.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/908/arq.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/909/arq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/910/arq.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/911/arq.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/912/arq.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/913/arq.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/915/arq.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/916/arq.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/917/arq.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/918/arq.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/919/arq.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/920/arq.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/921/arq.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/922/arq.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/923/arq.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/924/arq.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/925/arq.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/926/arq.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/927/arq.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/928/arq.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/929/arq.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/930/arq.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/931/arq.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/932/arq.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/933/arq.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/934/arq.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/935/arq.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/936/arq.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/937/arq.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/938/arq.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/939/arq.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/940/arq.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/941/arq.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/942/arq.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/943/arq.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/944/arq.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/945/arq.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/946/arq.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1418/arq.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1419/arq.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1420/arq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1421/arq.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1422/arq.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1423/arq.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1424/arq.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1425/arq.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1426/arq.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1427/arq.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1428/ple0011e_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1429/arq.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1430/arq.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1431/arq.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1432/arq.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1433/arq.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1434/arq.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1435/arq.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1436/arq.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1437/arq.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1438/arq.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1439/arq.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1440/arq.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1441/ple0027e_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1442/arq.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1443/arq.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1444/arq.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1445/arq.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1446/arq.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1447/arq.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1448/arq.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1449/arq.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1450/arq.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1451/arq.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1452/arq.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1453/arq.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1454/arq.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1455/arq.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1456/arq.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1457/arq.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1458/arq.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1459/arq.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1460/arq.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lindoia.sp.leg.br/media/sapl/public/materialegislativa/2018/1461/arq.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H412"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>